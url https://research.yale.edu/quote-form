--- v0 (2025-11-19)
+++ v1 (2025-12-29)
@@ -1,104 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/kecklab-708001-mbts/oligos/Quotes/Blank Quote Request Forms/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{224E1CE1-3794-F64F-B1C2-6AA94ACE5714}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:2001_{B7F99F27-7F59-9246-98A9-3428F3774D97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4460" yWindow="500" windowWidth="33940" windowHeight="18840" activeTab="2" xr2:uid="{F0DD498A-5A06-458F-A333-035D9591570B}"/>
+    <workbookView xWindow="20" yWindow="620" windowWidth="33040" windowHeight="19400" xr2:uid="{F0DD498A-5A06-458F-A333-035D9591570B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Keck Oligo Info" sheetId="16" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Plate Order Quote Request Form" sheetId="17" r:id="rId4"/>
+    <sheet name="How To Enter Info" sheetId="18" r:id="rId1"/>
+    <sheet name="Oligo Quote Request Form" sheetId="14" r:id="rId2"/>
+    <sheet name="Plate Order Quote Request Form" sheetId="17" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="All_Synthesis_Scale_List">OFFSET('Oligo Quote Request Form'!$J$3, 0, 0, COUNTA('Oligo Quote Request Form'!$J:$J), 1)</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Keck Oligo Info'!$A$13:$E$129</definedName>
+    <definedName name="Less_Than_120_Res_Unmodified_Synthe_Scale_list">OFFSET('Oligo Quote Request Form'!$L$2,0,0,COUNTA('Oligo Quote Request Form'!$L:$L),1)</definedName>
+    <definedName name="Less_Than_66_Res_Unmodified_Synthe_Scale_list">OFFSET('Oligo Quote Request Form'!$K$2,0,0,COUNTA('Oligo Quote Request Form'!$K:$K),1)</definedName>
+    <definedName name="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_list">OFFSET('Oligo Quote Request Form'!$M$2,0,0,COUNTA('Oligo Quote Request Form'!$M:$M),1)</definedName>
     <definedName name="Purif_Meth_list">INDEX(Purif_Meth_tbl[],,MATCH(Synth_Scale_entry_cell,Purif_Meth_tbl_Headers,0))</definedName>
     <definedName name="Purif_Meth_tbl_Headers">Purif_Meth_tbl[#Headers]</definedName>
-    <definedName name="Synth_Scale_entry_cell">'Oligo Quote Request Form'!$E1</definedName>
+    <definedName name="Synth_Scale_entry_cell">'Oligo Quote Request Form'!$H1</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateCount="0" calcOnSave="0" concurrentCalc="0"/>
+  <calcPr calcId="191029" iterate="1"/>
+  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
-    <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="258">
   <si>
     <t>Synthesis Scale</t>
   </si>
   <si>
     <t>200 nmole</t>
   </si>
   <si>
     <t>RNA</t>
   </si>
   <si>
     <t>1.0 µmole</t>
   </si>
   <si>
     <t>2'OMe RNA</t>
   </si>
   <si>
     <t>40 nmole</t>
   </si>
   <si>
     <t>HPLC</t>
   </si>
   <si>
     <t>Cartridge</t>
   </si>
   <si>
@@ -117,56 +114,50 @@
     <t>Email:</t>
   </si>
   <si>
     <t>Address:</t>
   </si>
   <si>
     <t>25 nmole</t>
   </si>
   <si>
     <t>Sequence Name</t>
   </si>
   <si>
     <t>Sequence (5' -&gt; 3')</t>
   </si>
   <si>
     <t>25 nmole syntheses cannot be longer than 65 bases.</t>
   </si>
   <si>
     <t>•</t>
   </si>
   <si>
     <t>RNA and 2'-O-methyl RNA are available only at the 1.0 µmole scale.</t>
   </si>
   <si>
     <t>Sequence length for other synthesis scales cannot exceed 200 residues.</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Purification Not Available</t>
   </si>
   <si>
     <t>Dept:</t>
   </si>
   <si>
     <t>Oligos with a 3' modification can only be made at the 200 nmole or 1 µmole synthesis scales.</t>
   </si>
   <si>
     <t xml:space="preserve">We do not offer PAGE purification at this time. </t>
   </si>
   <si>
     <t>Coupling efficiency (ours is estimated to be 99.3% per addition)</t>
   </si>
   <si>
     <t>Deprotection and Purification methods</t>
   </si>
   <si>
     <t>3’ residue (specialty synthesis columns do not couple as efficiently as normal bases, so one starts at a disadvantage)</t>
   </si>
   <si>
     <t>Factors we can’t always foresee/control include:</t>
   </si>
@@ -912,120 +903,50 @@
   <si>
     <t>For 2'-OMethyl RNA-only oligos. May contain Modifications.</t>
   </si>
   <si>
     <t>For Chimeric oligos, :</t>
   </si>
   <si>
     <t>Enter your contact information at the top of the Oligo Quote Request Form page.</t>
   </si>
   <si>
     <t xml:space="preserve">Enter the number of syntheses you want of each oligo. </t>
   </si>
   <si>
     <t>Select the Purification Method from the drop-down menu. The Purification Method Drop-down is dependent on the synthesis scale entered. Please use the Synthesis Scale drop-down menu to select the synthesis scale.</t>
   </si>
   <si>
     <t>Select the Synthesis Scale from the drop-down menu. The Purifications available depend upon the Synthesis Scale Drop-down menu. Please do not paste into this box.</t>
   </si>
   <si>
     <t>Number of Replicates You Would Like of the Oligo in the Corresponding Row</t>
   </si>
   <si>
     <t>If these oligos will be used in Live Cells or Animals, please indicate so with the pull-down menu in the cell to the right.</t>
   </si>
   <si>
-    <r>
-[...68 lines deleted...]
-  <si>
     <t>Please enter Chimeric oligo sequences using the following lowercase prefixes:</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Synthesis Scale
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri (Body)"/>
       </rPr>
       <t>Use Pull-down Menu - Do Not Paste</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Purification Method
 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1284,56 +1205,128 @@
   </si>
   <si>
     <t>the oligo will be delivered to Science Hill on the date specified</t>
   </si>
   <si>
     <t xml:space="preserve">D DATE W </t>
   </si>
   <si>
     <t>the oligo will be delivered to West Campus on the date specified</t>
   </si>
   <si>
     <t xml:space="preserve">S DATE </t>
   </si>
   <si>
     <t>orders will be shipped on the date specified</t>
   </si>
   <si>
     <t xml:space="preserve">R DATE </t>
   </si>
   <si>
     <t>orders will be ready for pickup on the date specified</t>
   </si>
   <si>
     <t xml:space="preserve">All orders must be placed through our ordering webpage.  </t>
   </si>
+  <si>
+    <t>Oligo Length</t>
+  </si>
+  <si>
+    <r>
+      <t>Is This Oligo Modified?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t xml:space="preserve">
+Use Pull-down Menu - Do Not Paste</t>
+    </r>
+  </si>
+  <si>
+    <t>&lt;66 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>&lt;120 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>Modified or &gt;119 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>100 nmole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Use for Unmodified, DNA-only oligos. </t>
+  </si>
+  <si>
+    <t>Use for DNA-only or Chimeric* oligos. May contain Modifications except on the 3' end.</t>
+  </si>
+  <si>
+    <r>
+      <t>Use for DNA-only or Chimeric</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> oligos. May contain Modifications.
+      Unmodified chimeric oligos with a 3' RNA residue are only available at 
+      the 1.0 µmole synthesis scale.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Chimeric oligos are those sequences that contain a mixture of DNA, RNA, 2'-OMethyl RNA, 2'-Methoxy RNA, 2' Fluoro RNA, Inverted, or LNA residues.</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="38" x14ac:knownFonts="1">
+  <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
@@ -1388,56 +1381,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="subscript"/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FF1A1A1A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF1A1A1A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF1A1A1A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1468,55 +1455,50 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="14"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -1538,71 +1520,77 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF191919"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF1A1A1A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="16">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -1656,63 +1644,50 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
@@ -1731,166 +1706,217 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="112">
+  <cellXfs count="115">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="40" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
@@ -1928,461 +1954,575 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="40" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...35 lines deleted...]
-      <alignment vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...61 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="41">
     <cellStyle name="Followed Hyperlink" xfId="1" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="5" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="9" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="11" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="13" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="31" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="33" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="35" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="37" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="39" builtinId="9" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="40" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="18">
+  <dxfs count="22">
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <protection locked="1" hidden="1"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="1"/>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <protection locked="1" hidden="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="1"/>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="1"/>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <protection locked="1" hidden="1"/>
-[...18 lines deleted...]
-      <protection locked="1" hidden="1"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <protection locked="1" hidden="1"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
@@ -2585,84 +2725,94 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
       <color rgb="FF00F66F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}" name="Purif_Meth_tbl" displayName="Purif_Meth_tbl" ref="M2:S5" totalsRowShown="0" headerRowDxfId="17" dataDxfId="15" headerRowBorderDxfId="16">
-  <autoFilter ref="M2:S5" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}" name="Purif_Meth_tbl" displayName="Purif_Meth_tbl" ref="O2:U5" totalsRowShown="0" headerRowDxfId="21" dataDxfId="19" headerRowBorderDxfId="20">
+  <autoFilter ref="O2:U5" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{45771B9A-3D8E-4ADD-9541-E4FE3750D8EF}" name=" " dataDxfId="14"/>
-[...5 lines deleted...]
-    <tableColumn id="5" xr3:uid="{26E8DFA7-6D43-4232-9E0A-A26BF387B616}" name="2'OMe RNA" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{2D6DEBB7-24DE-4420-8507-BC3EB2591B55}" name="25 nmole" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{5E197EB2-BF15-48B2-9A16-9C815B24E6D3}" name="40 nmole" dataDxfId="17"/>
+    <tableColumn id="1" xr3:uid="{0AC73FFB-51EB-744D-A152-4924120C3EF6}" name="100 nmole" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{1BAA24E8-548D-4138-BE9C-0BCF111AAA2D}" name="200 nmole" dataDxfId="16"/>
+    <tableColumn id="3" xr3:uid="{F963A976-CD34-40CB-AD13-C7F957BE5171}" name="1.0 µmole" dataDxfId="15"/>
+    <tableColumn id="4" xr3:uid="{40B2BD6A-8777-47CD-8EF2-B5DF298B90E0}" name="RNA" dataDxfId="14"/>
+    <tableColumn id="5" xr3:uid="{26E8DFA7-6D43-4232-9E0A-A26BF387B616}" name="2'OMe RNA" dataDxfId="13"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{2BB9750F-B0D7-44AE-A315-61E2AC1A91F0}" name="All_Length_Synth_Scale_tbl" displayName="All_Length_Synth_Scale_tbl" ref="J2:J8" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
-  <autoFilter ref="J2:J8" xr:uid="{2BB9750F-B0D7-44AE-A315-61E2AC1A91F0}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7777305D-FDE9-FB49-A553-7781E207665B}" name="Less_Than_120_Res_Unmodified_Synthe_Scale_tbl8" displayName="Less_Than_120_Res_Unmodified_Synthe_Scale_tbl8" ref="L1:L6" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11">
+  <autoFilter ref="L1:L6" xr:uid="{7777305D-FDE9-FB49-A553-7781E207665B}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{DD2D187C-0B48-41CD-87A0-19B8240E5C68}" name="Synthesis Scale" dataDxfId="4"/>
+    <tableColumn id="1" xr3:uid="{81AA16B0-2A58-9947-9590-E21A31032792}" name="&lt;120 Residues Unmodified Synthesis Scale" dataDxfId="9"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{C78B0DEC-BB7E-40F5-94B7-03E96A7077FA}" name="More_Than_65_Res_Synth_Scale_tbl" displayName="More_Than_65_Res_Synth_Scale_tbl" ref="H2:H7" totalsRowShown="0" headerRowDxfId="3" dataDxfId="1" headerRowBorderDxfId="2">
-  <autoFilter ref="H2:H7" xr:uid="{C78B0DEC-BB7E-40F5-94B7-03E96A7077FA}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{37BC4642-0BF8-CB4F-8D2A-0FD37928310E}" name="Less_Than_66_Res_Unmodified_Synthe_Scale_tbl89" displayName="Less_Than_66_Res_Unmodified_Synthe_Scale_tbl89" ref="K1:K7" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7">
+  <autoFilter ref="K1:K7" xr:uid="{37BC4642-0BF8-CB4F-8D2A-0FD37928310E}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{E60CA14C-382C-4279-B654-A1B956BCA2B3}" name="&gt;65 Residues Synthesis Scale" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{AD48AF4D-5052-9148-A5F9-68DBA2F6AC23}" name="&lt;66 Residues Unmodified Synthesis Scale" dataDxfId="5"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00A0916D-E67F-3541-938B-D16B3E91DA02}" name="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_tbl" displayName="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_tbl" ref="M1:M6" totalsRowShown="0" headerRowDxfId="4" dataDxfId="2" headerRowBorderDxfId="3">
+  <autoFilter ref="M1:M6" xr:uid="{00A0916D-E67F-3541-938B-D16B3E91DA02}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{6D9F8AEE-9191-1941-91C3-6576C43AFE05}" name="Modified or &gt;119 Residues Unmodified Synthesis Scale" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2999,6293 +3149,5882 @@
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dist="38099" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="74998"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.lotis.yale.edu/fmi/webd/keck_oligos?homeurl=https://lotis.yale.edu/keck_oligos.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.lotis.yale.edu/fmi/webd/keck_oligos?homeurl=https://lotis.yale.edu/keck_oligos.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E90201A9-5DBF-C84A-AF36-723C3BFC1B23}">
-[...3 lines deleted...]
-  <dimension ref="A1:I166"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9BD0D76-7626-9E4E-AF2C-E36AB1524FA4}">
+  <dimension ref="A1:U154"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="120" workbookViewId="0">
-      <selection sqref="A1:E1"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="124.33203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="3" width="5.1640625" style="16" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="9.1640625" style="10"/>
+    <col min="1" max="1" width="10.33203125" style="45" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" customWidth="1"/>
+    <col min="3" max="3" width="13.5" customWidth="1"/>
+    <col min="4" max="11" width="10.33203125" customWidth="1"/>
+    <col min="12" max="14" width="5.1640625" style="11" customWidth="1"/>
+    <col min="15" max="15" width="9.1640625" style="11"/>
+    <col min="16" max="16" width="100.83203125" style="11" customWidth="1"/>
+    <col min="17" max="21" width="5.83203125" customWidth="1"/>
+    <col min="22" max="16384" width="124.33203125" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="39.75" customHeight="1" x14ac:dyDescent="0.15">
-[...10 lines deleted...]
-      <c r="A2" s="13" t="s">
+    <row r="1" spans="1:21" ht="19" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="94" t="s">
+        <v>106</v>
+      </c>
+      <c r="B1" s="95"/>
+      <c r="C1" s="95"/>
+      <c r="D1" s="95"/>
+      <c r="E1" s="95"/>
+      <c r="F1" s="95"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="95"/>
+      <c r="I1" s="95"/>
+      <c r="J1" s="95"/>
+      <c r="K1" s="33"/>
+      <c r="L1" s="85" t="s">
+        <v>89</v>
+      </c>
+      <c r="M1" s="86"/>
+      <c r="N1" s="86"/>
+      <c r="O1" s="86"/>
+      <c r="P1" s="87"/>
+      <c r="Q1" s="33"/>
+      <c r="R1" s="33"/>
+      <c r="S1" s="33"/>
+      <c r="T1" s="33"/>
+      <c r="U1" s="33"/>
+    </row>
+    <row r="2" spans="1:21" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="L2" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
+    </row>
+    <row r="3" spans="1:21" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" s="80" t="s">
+        <v>185</v>
+      </c>
+      <c r="C3" s="80"/>
+      <c r="D3" s="80"/>
+      <c r="E3" s="80"/>
+      <c r="F3" s="80"/>
+      <c r="G3" s="80"/>
+      <c r="H3" s="80"/>
+      <c r="I3" s="80"/>
+      <c r="J3" s="80"/>
+      <c r="L3" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M3" s="97" t="s">
+        <v>247</v>
+      </c>
+      <c r="N3" s="96"/>
+      <c r="O3" s="96"/>
+      <c r="P3" s="96"/>
+    </row>
+    <row r="4" spans="1:21" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="96" t="s">
+        <v>187</v>
+      </c>
+      <c r="C4" s="96"/>
+      <c r="D4" s="96"/>
+      <c r="E4" s="96"/>
+      <c r="F4" s="96"/>
+      <c r="G4" s="96"/>
+      <c r="H4" s="96"/>
+      <c r="I4" s="96"/>
+      <c r="J4" s="96"/>
+      <c r="L4" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M4" s="80" t="s">
+        <v>86</v>
+      </c>
+      <c r="N4" s="80"/>
+      <c r="O4" s="80"/>
+      <c r="P4" s="80"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A5" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="93" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+      <c r="E5" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+      <c r="K5" s="59"/>
+      <c r="L5" s="9"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="33"/>
+      <c r="R5" s="33"/>
+      <c r="S5" s="33"/>
+      <c r="T5" s="33"/>
+      <c r="U5" s="33"/>
+    </row>
+    <row r="6" spans="1:21" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="59"/>
+      <c r="G6" s="59"/>
+      <c r="H6" s="59"/>
+      <c r="I6" s="59"/>
+      <c r="J6" s="59"/>
+      <c r="K6" s="59"/>
+      <c r="L6" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M6" s="80" t="s">
+        <v>87</v>
+      </c>
+      <c r="N6" s="80"/>
+      <c r="O6" s="80"/>
+      <c r="P6" s="80"/>
+      <c r="Q6" s="33"/>
+      <c r="R6" s="33"/>
+      <c r="S6" s="33"/>
+      <c r="T6" s="33"/>
+      <c r="U6" s="33"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A7" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
+      <c r="E7" s="17"/>
+      <c r="F7" s="59"/>
+      <c r="G7" s="59"/>
+      <c r="H7" s="59"/>
+      <c r="I7" s="59"/>
+      <c r="J7" s="59"/>
+      <c r="K7" s="59"/>
+      <c r="L7" s="9"/>
+      <c r="M7" s="18"/>
+      <c r="N7" s="18"/>
+      <c r="O7" s="18"/>
+      <c r="P7" s="18"/>
+      <c r="Q7" s="33"/>
+      <c r="R7" s="33"/>
+      <c r="S7" s="33"/>
+      <c r="T7" s="33"/>
+      <c r="U7" s="33"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A8" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="80" t="s">
+        <v>186</v>
+      </c>
+      <c r="C8" s="80"/>
+      <c r="D8" s="80"/>
+      <c r="E8" s="80"/>
+      <c r="F8" s="80"/>
+      <c r="G8" s="80"/>
+      <c r="H8" s="80"/>
+      <c r="I8" s="80"/>
+      <c r="J8" s="80"/>
+      <c r="K8" s="59"/>
+      <c r="L8" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q8" s="33"/>
+      <c r="R8" s="33"/>
+      <c r="S8" s="33"/>
+      <c r="T8" s="33"/>
+      <c r="U8" s="33"/>
+    </row>
+    <row r="9" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="92" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" s="92"/>
+      <c r="D9" s="92"/>
+      <c r="E9" s="92"/>
+      <c r="F9" s="92"/>
+      <c r="G9" s="92"/>
+      <c r="H9" s="92"/>
+      <c r="I9" s="92"/>
+      <c r="J9" s="92"/>
+      <c r="K9" s="59"/>
+      <c r="L9" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="M9" s="81" t="s">
+        <v>122</v>
+      </c>
+      <c r="N9" s="81"/>
+      <c r="O9" s="81"/>
+      <c r="P9" s="81"/>
+      <c r="Q9" s="33"/>
+      <c r="R9" s="33"/>
+      <c r="S9" s="33"/>
+      <c r="T9" s="33"/>
+      <c r="U9" s="33"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A10" s="11"/>
+      <c r="B10" s="11"/>
+      <c r="C10" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="59"/>
+      <c r="H10" s="59"/>
+      <c r="I10" s="59"/>
+      <c r="J10" s="59"/>
+      <c r="K10" s="59"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="42" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" s="82" t="s">
+        <v>197</v>
+      </c>
+      <c r="O10" s="82"/>
+      <c r="P10" s="82"/>
+      <c r="Q10" s="33"/>
+      <c r="R10" s="33"/>
+      <c r="S10" s="33"/>
+      <c r="T10" s="33"/>
+      <c r="U10" s="33"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11" s="11"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="K11" s="59"/>
+      <c r="L11" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M11" s="81" t="s">
+        <v>123</v>
+      </c>
+      <c r="N11" s="81"/>
+      <c r="O11" s="81"/>
+      <c r="P11" s="81"/>
+      <c r="Q11" s="33"/>
+      <c r="R11" s="33"/>
+      <c r="S11" s="33"/>
+      <c r="T11" s="33"/>
+      <c r="U11" s="33"/>
+    </row>
+    <row r="12" spans="1:21" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="47" t="s">
+        <v>176</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M12" s="80" t="s">
+        <v>124</v>
+      </c>
+      <c r="N12" s="80"/>
+      <c r="O12" s="80"/>
+      <c r="P12" s="80"/>
+    </row>
+    <row r="13" spans="1:21" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N13" s="83" t="s">
+        <v>125</v>
+      </c>
+      <c r="O13" s="83"/>
+      <c r="P13" s="83"/>
+    </row>
+    <row r="14" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="47" t="s">
+        <v>172</v>
+      </c>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="46"/>
+      <c r="L14" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M14" s="80" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" s="80"/>
+      <c r="O14" s="80"/>
+      <c r="P14" s="80"/>
+    </row>
+    <row r="15" spans="1:21" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="52">
+        <v>1</v>
+      </c>
+      <c r="B15" s="73" t="s">
+        <v>195</v>
+      </c>
+      <c r="C15" s="73"/>
+      <c r="D15" s="73"/>
+      <c r="E15" s="73"/>
+      <c r="F15" s="73"/>
+      <c r="G15" s="73"/>
+      <c r="H15" s="73"/>
+      <c r="L15" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M15" s="80" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" s="80"/>
+      <c r="O15" s="80"/>
+      <c r="P15" s="80"/>
+    </row>
+    <row r="16" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="33"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46" t="s">
+        <v>196</v>
+      </c>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+      <c r="L16" s="10"/>
+      <c r="M16" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" s="98" t="s">
+        <v>128</v>
+      </c>
+      <c r="O16" s="98"/>
+      <c r="P16" s="98"/>
+    </row>
+    <row r="17" spans="1:16" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="33"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="51" t="s">
+        <v>188</v>
+      </c>
+      <c r="H17" s="50" t="s">
+        <v>189</v>
+      </c>
+      <c r="I17" s="46"/>
+      <c r="L17" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M17" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" s="7"/>
+      <c r="O17" s="7"/>
+      <c r="P17" s="7"/>
+    </row>
+    <row r="18" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="33"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="50" t="s">
+        <v>190</v>
+      </c>
+      <c r="I18" s="46"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="18"/>
+      <c r="P18" s="18"/>
+    </row>
+    <row r="19" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="33"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="50" t="s">
+        <v>191</v>
+      </c>
+      <c r="I19" s="46"/>
+      <c r="L19" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M19" s="11"/>
+      <c r="N19" s="11"/>
+      <c r="O19" s="11"/>
+      <c r="P19" s="11"/>
+    </row>
+    <row r="20" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="33"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="50" t="s">
+        <v>192</v>
+      </c>
+      <c r="I20" s="46"/>
+      <c r="L20" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M20" s="80" t="s">
+        <v>103</v>
+      </c>
+      <c r="N20" s="80"/>
+      <c r="O20" s="80"/>
+      <c r="P20" s="80"/>
+    </row>
+    <row r="21" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="33"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="50" t="s">
+        <v>193</v>
+      </c>
+      <c r="I21" s="46"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="18"/>
+      <c r="N21" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="O21" s="18"/>
+      <c r="P21" s="18"/>
+    </row>
+    <row r="22" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="33"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="50" t="s">
+        <v>194</v>
+      </c>
+      <c r="I22" s="46"/>
+      <c r="L22" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M22" s="80" t="s">
+        <v>94</v>
+      </c>
+      <c r="N22" s="80"/>
+      <c r="O22" s="80"/>
+      <c r="P22" s="80"/>
+    </row>
+    <row r="23" spans="1:16" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="52"/>
+      <c r="B23" s="48"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="L23" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M23" s="80" t="s">
+        <v>118</v>
+      </c>
+      <c r="N23" s="80"/>
+      <c r="O23" s="80"/>
+      <c r="P23" s="80"/>
+    </row>
+    <row r="24" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="52">
+        <v>2</v>
+      </c>
+      <c r="B24" s="46" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" s="48"/>
+      <c r="D24" s="48"/>
+      <c r="E24" s="48"/>
+      <c r="F24" s="48"/>
+      <c r="G24" s="48"/>
+      <c r="H24" s="48"/>
+      <c r="L24" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M24" s="80" t="s">
+        <v>198</v>
+      </c>
+      <c r="N24" s="80"/>
+      <c r="O24" s="80"/>
+      <c r="P24" s="80"/>
+    </row>
+    <row r="25" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="52"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="46"/>
+      <c r="L25" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M25" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="N25" s="18"/>
+      <c r="O25" s="18"/>
+      <c r="P25" s="18"/>
+    </row>
+    <row r="26" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="52">
+        <v>3</v>
+      </c>
+      <c r="B26" s="74" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" s="74"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="74"/>
+      <c r="G26" s="74"/>
+      <c r="H26" s="74"/>
+      <c r="I26" s="74"/>
+      <c r="J26" s="74"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="18"/>
+      <c r="N26" s="17"/>
+      <c r="O26" s="18"/>
+      <c r="P26" s="18"/>
+    </row>
+    <row r="27" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="52"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="46"/>
+      <c r="L27" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="B2" s="22"/>
-[...6 lines deleted...]
-      <c r="A3" s="14" t="s">
+      <c r="M27" s="11"/>
+      <c r="N27" s="11"/>
+      <c r="O27" s="11"/>
+      <c r="P27" s="11"/>
+    </row>
+    <row r="28" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="52"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" s="76" t="s">
+        <v>254</v>
+      </c>
+      <c r="E28" s="76"/>
+      <c r="F28" s="76"/>
+      <c r="G28" s="76"/>
+      <c r="H28" s="76"/>
+      <c r="I28" s="76"/>
+      <c r="J28" s="76"/>
+      <c r="L28" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="76" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="14" t="s">
+      <c r="M28" s="80" t="s">
+        <v>95</v>
+      </c>
+      <c r="N28" s="80"/>
+      <c r="O28" s="80"/>
+      <c r="P28" s="80"/>
+    </row>
+    <row r="29" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="52"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="55"/>
+      <c r="E29" s="55"/>
+      <c r="F29" s="55"/>
+      <c r="G29" s="55"/>
+      <c r="H29" s="55"/>
+      <c r="I29" s="55"/>
+      <c r="J29" s="55"/>
+      <c r="L29" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="74" t="s">
-[...8 lines deleted...]
-      <c r="A5" s="14" t="s">
+      <c r="M29" s="80" t="s">
+        <v>113</v>
+      </c>
+      <c r="N29" s="80"/>
+      <c r="O29" s="80"/>
+      <c r="P29" s="80"/>
+    </row>
+    <row r="30" spans="1:16" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="52"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46" t="s">
+        <v>253</v>
+      </c>
+      <c r="D30" s="76" t="s">
+        <v>254</v>
+      </c>
+      <c r="E30" s="76"/>
+      <c r="F30" s="76"/>
+      <c r="G30" s="76"/>
+      <c r="H30" s="76"/>
+      <c r="I30" s="76"/>
+      <c r="J30" s="76"/>
+      <c r="L30" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="43" t="s">
-[...12 lines deleted...]
-      <c r="A8" s="13" t="s">
+      <c r="M30" s="80" t="s">
+        <v>130</v>
+      </c>
+      <c r="N30" s="80"/>
+      <c r="O30" s="80"/>
+      <c r="P30" s="80"/>
+    </row>
+    <row r="31" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="52"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="55"/>
+      <c r="E31" s="55"/>
+      <c r="F31" s="55"/>
+      <c r="G31" s="55"/>
+      <c r="H31" s="55"/>
+      <c r="I31" s="55"/>
+      <c r="J31" s="55"/>
+      <c r="L31" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M31" s="80" t="s">
+        <v>49</v>
+      </c>
+      <c r="N31" s="80"/>
+      <c r="O31" s="80"/>
+      <c r="P31" s="80"/>
+    </row>
+    <row r="32" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="52"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46" t="s">
+        <v>5</v>
+      </c>
+      <c r="D32" s="76" t="s">
+        <v>255</v>
+      </c>
+      <c r="E32" s="76"/>
+      <c r="F32" s="76"/>
+      <c r="G32" s="76"/>
+      <c r="H32" s="76"/>
+      <c r="I32" s="76"/>
+      <c r="J32" s="76"/>
+      <c r="L32" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M32" s="80" t="s">
+        <v>102</v>
+      </c>
+      <c r="N32" s="80"/>
+      <c r="O32" s="80"/>
+      <c r="P32" s="80"/>
+    </row>
+    <row r="33" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="52"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="55"/>
+      <c r="E33" s="55"/>
+      <c r="F33" s="55"/>
+      <c r="G33" s="55"/>
+      <c r="H33" s="55"/>
+      <c r="I33" s="55"/>
+      <c r="J33" s="55"/>
+      <c r="L33" s="9"/>
+      <c r="M33" s="18"/>
+      <c r="N33" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="O33" s="18"/>
+      <c r="P33" s="18"/>
+    </row>
+    <row r="34" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="52"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="77" t="s">
+        <v>256</v>
+      </c>
+      <c r="E34" s="72"/>
+      <c r="F34" s="72"/>
+      <c r="G34" s="72"/>
+      <c r="H34" s="72"/>
+      <c r="I34" s="72"/>
+      <c r="J34" s="72"/>
+      <c r="L34" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M34" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="N34" s="80"/>
+      <c r="O34" s="80"/>
+      <c r="P34" s="80"/>
+    </row>
+    <row r="35" spans="1:16" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="52"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46" t="s">
+        <v>3</v>
+      </c>
+      <c r="D35" s="77"/>
+      <c r="E35" s="72"/>
+      <c r="F35" s="72"/>
+      <c r="G35" s="72"/>
+      <c r="H35" s="72"/>
+      <c r="I35" s="72"/>
+      <c r="J35" s="72"/>
+      <c r="L35" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M35" s="80" t="s">
         <v>119</v>
       </c>
-      <c r="B8" s="22"/>
-[...6 lines deleted...]
-      <c r="A9" s="14" t="s">
+      <c r="N35" s="80"/>
+      <c r="O35" s="80"/>
+      <c r="P35" s="80"/>
+    </row>
+    <row r="36" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="52"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="57"/>
+      <c r="L36" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="76" t="s">
-[...7 lines deleted...]
-      <c r="A10" s="14" t="s">
+      <c r="M36" s="80" t="s">
+        <v>93</v>
+      </c>
+      <c r="N36" s="80"/>
+      <c r="O36" s="80"/>
+      <c r="P36" s="80"/>
+    </row>
+    <row r="37" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="52"/>
+      <c r="C37" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="D37" s="46" t="s">
+        <v>173</v>
+      </c>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="L37" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="43" t="s">
-[...12 lines deleted...]
-      <c r="A13" s="82" t="s">
+      <c r="M37" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="N37" s="18"/>
+      <c r="O37" s="18"/>
+      <c r="P37" s="18"/>
+    </row>
+    <row r="38" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="52"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="17"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="18"/>
+      <c r="P38" s="18"/>
+    </row>
+    <row r="39" spans="1:16" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="52"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="46" t="s">
+        <v>174</v>
+      </c>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="46"/>
+      <c r="L39" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="M39" s="17"/>
+      <c r="N39" s="17"/>
+      <c r="O39" s="17"/>
+      <c r="P39" s="17"/>
+    </row>
+    <row r="40" spans="1:16" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="52"/>
+      <c r="C40" s="114" t="s">
+        <v>257</v>
+      </c>
+      <c r="D40" s="114"/>
+      <c r="E40" s="114"/>
+      <c r="F40" s="114"/>
+      <c r="G40" s="114"/>
+      <c r="H40" s="114"/>
+      <c r="I40" s="114"/>
+      <c r="J40" s="114"/>
+      <c r="L40" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M40" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N40" s="17"/>
+      <c r="O40" s="17"/>
+      <c r="P40" s="17"/>
+    </row>
+    <row r="41" spans="1:16" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="52"/>
+      <c r="B41" s="58"/>
+      <c r="C41" s="72"/>
+      <c r="D41" s="72"/>
+      <c r="E41" s="72"/>
+      <c r="F41" s="72"/>
+      <c r="G41" s="72"/>
+      <c r="H41" s="72"/>
+      <c r="I41" s="72"/>
+      <c r="J41" s="72"/>
+      <c r="L41" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M41" s="80" t="s">
+        <v>200</v>
+      </c>
+      <c r="N41" s="80"/>
+      <c r="O41" s="80"/>
+      <c r="P41" s="80"/>
+    </row>
+    <row r="42" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="52">
+        <v>4</v>
+      </c>
+      <c r="B42" s="74" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="74"/>
+      <c r="D42" s="74"/>
+      <c r="E42" s="74"/>
+      <c r="F42" s="74"/>
+      <c r="G42" s="74"/>
+      <c r="H42" s="74"/>
+      <c r="I42" s="74"/>
+      <c r="J42" s="74"/>
+      <c r="L42" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M42" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="N42" s="17"/>
+      <c r="O42" s="17"/>
+      <c r="P42" s="17"/>
+    </row>
+    <row r="43" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="48"/>
+      <c r="E43" s="48"/>
+      <c r="F43" s="48"/>
+      <c r="G43" s="48"/>
+      <c r="H43" s="48"/>
+      <c r="L43" s="9"/>
+      <c r="M43" s="17"/>
+      <c r="N43" s="17"/>
+      <c r="O43" s="17"/>
+      <c r="P43" s="17"/>
+    </row>
+    <row r="44" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="75" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" s="75"/>
+      <c r="C44" s="75"/>
+      <c r="D44" s="75"/>
+      <c r="E44" s="75"/>
+      <c r="F44" s="75"/>
+      <c r="G44" s="75"/>
+      <c r="H44" s="75"/>
+      <c r="I44" s="75"/>
+      <c r="L44" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M44" s="17"/>
+      <c r="N44" s="17"/>
+      <c r="O44" s="17"/>
+      <c r="P44" s="17"/>
+    </row>
+    <row r="45" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46" t="s">
+        <v>175</v>
+      </c>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="46"/>
+      <c r="L45" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M45" s="80" t="s">
+        <v>133</v>
+      </c>
+      <c r="N45" s="80"/>
+      <c r="O45" s="80"/>
+      <c r="P45" s="80"/>
+    </row>
+    <row r="46" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46" t="s">
+        <v>138</v>
+      </c>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="46"/>
+      <c r="L46" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M46" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N46" s="18"/>
+      <c r="O46" s="18"/>
+      <c r="P46" s="18"/>
+    </row>
+    <row r="47" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46" t="s">
+        <v>139</v>
+      </c>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="46"/>
+      <c r="L47" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M47" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="N47" s="80"/>
+      <c r="O47" s="80"/>
+      <c r="P47" s="80"/>
+    </row>
+    <row r="48" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46" t="s">
+        <v>140</v>
+      </c>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="46"/>
+      <c r="L48" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M48" s="80" t="s">
+        <v>74</v>
+      </c>
+      <c r="N48" s="80"/>
+      <c r="O48" s="80"/>
+      <c r="P48" s="80"/>
+    </row>
+    <row r="49" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46" t="s">
+        <v>141</v>
+      </c>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="46"/>
+      <c r="L49" s="10"/>
+      <c r="M49" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N49" s="80" t="s">
+        <v>75</v>
+      </c>
+      <c r="O49" s="80"/>
+      <c r="P49" s="80"/>
+    </row>
+    <row r="50" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="46"/>
+      <c r="L50" s="9"/>
+      <c r="M50" s="17"/>
+      <c r="N50" s="17"/>
+      <c r="O50" s="17"/>
+      <c r="P50" s="17"/>
+    </row>
+    <row r="51" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46" t="s">
+        <v>143</v>
+      </c>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="46"/>
+      <c r="L51" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="M51" s="16"/>
+      <c r="N51" s="16"/>
+      <c r="O51" s="16"/>
+      <c r="P51" s="16"/>
+    </row>
+    <row r="52" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46" t="s">
+        <v>144</v>
+      </c>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="46"/>
+      <c r="L52" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M52" s="80" t="s">
+        <v>17</v>
+      </c>
+      <c r="N52" s="80"/>
+      <c r="O52" s="80"/>
+      <c r="P52" s="80"/>
+    </row>
+    <row r="53" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="74" t="s">
+        <v>145</v>
+      </c>
+      <c r="E53" s="74"/>
+      <c r="F53" s="74"/>
+      <c r="G53" s="74"/>
+      <c r="H53" s="74"/>
+      <c r="I53" s="74"/>
+      <c r="J53" s="74"/>
+      <c r="L53" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M53" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="N53" s="80"/>
+      <c r="O53" s="80"/>
+      <c r="P53" s="80"/>
+    </row>
+    <row r="54" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="49"/>
+      <c r="E54" s="49"/>
+      <c r="F54" s="49"/>
+      <c r="G54" s="49"/>
+      <c r="H54" s="49"/>
+      <c r="I54" s="49"/>
+      <c r="J54" s="49"/>
+      <c r="L54" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M54" s="80" t="s">
+        <v>69</v>
+      </c>
+      <c r="N54" s="80"/>
+      <c r="O54" s="80"/>
+      <c r="P54" s="80"/>
+    </row>
+    <row r="55" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46" t="s">
+        <v>146</v>
+      </c>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="46"/>
+      <c r="L55" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M55" s="80" t="s">
+        <v>72</v>
+      </c>
+      <c r="N55" s="80"/>
+      <c r="O55" s="80"/>
+      <c r="P55" s="80"/>
+    </row>
+    <row r="56" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="46"/>
+      <c r="L56" s="9"/>
+      <c r="M56" s="17"/>
+      <c r="N56" s="17"/>
+      <c r="O56" s="17"/>
+      <c r="P56" s="17"/>
+    </row>
+    <row r="57" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="46"/>
+      <c r="L57" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="M57" s="17"/>
+      <c r="N57" s="17"/>
+      <c r="O57" s="17"/>
+      <c r="P57" s="17"/>
+    </row>
+    <row r="58" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="46"/>
+      <c r="L58" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M58" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="N58" s="80"/>
+      <c r="O58" s="80"/>
+      <c r="P58" s="80"/>
+    </row>
+    <row r="59" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="46"/>
+      <c r="L59" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M59" s="80" t="s">
+        <v>92</v>
+      </c>
+      <c r="N59" s="80"/>
+      <c r="O59" s="80"/>
+      <c r="P59" s="80"/>
+    </row>
+    <row r="60" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="46"/>
+      <c r="L60" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M60" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="N60" s="80"/>
+      <c r="O60" s="80"/>
+      <c r="P60" s="80"/>
+    </row>
+    <row r="61" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46" t="s">
+        <v>149</v>
+      </c>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="46"/>
+      <c r="L61" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M61" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="N61" s="80"/>
+      <c r="O61" s="80"/>
+      <c r="P61" s="80"/>
+    </row>
+    <row r="62" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="50" t="s">
+        <v>150</v>
+      </c>
+      <c r="D62" s="46" t="s">
+        <v>151</v>
+      </c>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="46"/>
+      <c r="L62" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M62" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="N62" s="80"/>
+      <c r="O62" s="80"/>
+      <c r="P62" s="80"/>
+    </row>
+    <row r="63" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="50" t="s">
+        <v>152</v>
+      </c>
+      <c r="D63" s="46" t="s">
+        <v>153</v>
+      </c>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="46"/>
+      <c r="L63" s="11"/>
+      <c r="M63" s="11"/>
+      <c r="N63" s="11"/>
+      <c r="O63" s="11"/>
+      <c r="P63" s="11"/>
+    </row>
+    <row r="64" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="50" t="s">
+        <v>154</v>
+      </c>
+      <c r="D64" s="46" t="s">
+        <v>155</v>
+      </c>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="46"/>
+      <c r="L64" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="M64" s="11"/>
+      <c r="N64" s="11"/>
+      <c r="O64" s="11"/>
+      <c r="P64" s="11"/>
+    </row>
+    <row r="65" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="50" t="s">
+        <v>156</v>
+      </c>
+      <c r="D65" s="46" t="s">
+        <v>157</v>
+      </c>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="46"/>
+      <c r="L65" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M65" s="80" t="s">
+        <v>63</v>
+      </c>
+      <c r="N65" s="80"/>
+      <c r="O65" s="80"/>
+      <c r="P65" s="80"/>
+    </row>
+    <row r="66" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="50" t="s">
+        <v>158</v>
+      </c>
+      <c r="D66" s="46" t="s">
+        <v>159</v>
+      </c>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="46"/>
+      <c r="L66" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M66" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="N66" s="80"/>
+      <c r="O66" s="80"/>
+      <c r="P66" s="80"/>
+    </row>
+    <row r="67" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="50" t="s">
+        <v>160</v>
+      </c>
+      <c r="D67" s="46" t="s">
+        <v>161</v>
+      </c>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="46"/>
+      <c r="L67" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M67" s="80" t="s">
+        <v>54</v>
+      </c>
+      <c r="N67" s="80"/>
+      <c r="O67" s="80"/>
+      <c r="P67" s="80"/>
+    </row>
+    <row r="68" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="50" t="s">
+        <v>162</v>
+      </c>
+      <c r="D68" s="46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="46"/>
+      <c r="L68" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M68" s="88" t="s">
+        <v>55</v>
+      </c>
+      <c r="N68" s="88"/>
+      <c r="O68" s="88"/>
+      <c r="P68" s="88"/>
+    </row>
+    <row r="69" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="50" t="s">
+        <v>164</v>
+      </c>
+      <c r="D69" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="46"/>
+      <c r="L69" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M69" s="80" t="s">
+        <v>65</v>
+      </c>
+      <c r="N69" s="80"/>
+      <c r="O69" s="80"/>
+      <c r="P69" s="80"/>
+    </row>
+    <row r="70" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="50" t="s">
+        <v>166</v>
+      </c>
+      <c r="D70" s="46" t="s">
+        <v>167</v>
+      </c>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="46"/>
+      <c r="L70" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M70" s="80" t="s">
+        <v>68</v>
+      </c>
+      <c r="N70" s="80"/>
+      <c r="O70" s="80"/>
+      <c r="P70" s="80"/>
+    </row>
+    <row r="71" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="50" t="s">
+        <v>168</v>
+      </c>
+      <c r="D71" s="46" t="s">
+        <v>169</v>
+      </c>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="46"/>
+      <c r="L71" s="10"/>
+      <c r="M71" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N71" s="80" t="s">
+        <v>66</v>
+      </c>
+      <c r="O71" s="80"/>
+      <c r="P71" s="80"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="50" t="s">
+        <v>170</v>
+      </c>
+      <c r="D72" s="46" t="s">
+        <v>171</v>
+      </c>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="46"/>
+      <c r="L72" s="10"/>
+      <c r="M72" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N72" s="80" t="s">
+        <v>67</v>
+      </c>
+      <c r="O72" s="80"/>
+      <c r="P72" s="80"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="46"/>
+      <c r="L73" s="10"/>
+      <c r="M73" s="19"/>
+      <c r="N73" s="18"/>
+      <c r="O73" s="18"/>
+      <c r="P73" s="18"/>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="46"/>
+      <c r="L74" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="M74" s="17"/>
+      <c r="N74" s="17"/>
+      <c r="O74" s="17"/>
+      <c r="P74" s="17"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="50"/>
+      <c r="H75" s="46"/>
+      <c r="L75" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M75" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="80"/>
+      <c r="O75" s="80"/>
+      <c r="P75" s="80"/>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A76" s="46"/>
+      <c r="B76" s="73"/>
+      <c r="C76" s="73"/>
+      <c r="D76" s="73"/>
+      <c r="E76" s="73"/>
+      <c r="F76" s="73"/>
+      <c r="G76" s="73"/>
+      <c r="H76" s="73"/>
+      <c r="L76" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M76" s="80" t="s">
+        <v>115</v>
+      </c>
+      <c r="N76" s="80"/>
+      <c r="O76" s="80"/>
+      <c r="P76" s="80"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="46"/>
+      <c r="L77" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M77" s="80" t="s">
+        <v>116</v>
+      </c>
+      <c r="N77" s="80"/>
+      <c r="O77" s="80"/>
+      <c r="P77" s="80"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="51"/>
+      <c r="G78" s="50"/>
+      <c r="H78" s="46"/>
+      <c r="L78" s="9"/>
+      <c r="M78" s="17"/>
+      <c r="N78" s="17"/>
+      <c r="O78" s="17"/>
+      <c r="P78" s="17"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="50"/>
+      <c r="H79" s="46"/>
+      <c r="L79" s="12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" ht="31" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="50"/>
+      <c r="H80" s="46"/>
+      <c r="L80" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M80" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="N80" s="80"/>
+      <c r="O80" s="80"/>
+      <c r="P80" s="80"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="50"/>
+      <c r="H81" s="46"/>
+      <c r="L81" s="10"/>
+      <c r="M81" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N81" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="O81" s="80"/>
+      <c r="P81" s="80"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="50"/>
+      <c r="H82" s="46"/>
+      <c r="L82" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M82" s="84" t="s">
+        <v>46</v>
+      </c>
+      <c r="N82" s="84"/>
+      <c r="O82" s="84"/>
+      <c r="P82" s="84"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="50"/>
+      <c r="H83" s="46"/>
+      <c r="L83" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M83" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="N83" s="80"/>
+      <c r="O83" s="80"/>
+      <c r="P83" s="80"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="51"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="46"/>
+      <c r="L84" s="9"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L85" s="8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L86" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L87" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M87" s="80" t="s">
+        <v>78</v>
+      </c>
+      <c r="N87" s="80"/>
+      <c r="O87" s="80"/>
+      <c r="P87" s="80"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="M88" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N88" s="89" t="s">
+        <v>201</v>
+      </c>
+      <c r="O88" s="89"/>
+      <c r="P88" s="89"/>
+    </row>
+    <row r="89" spans="1:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L89" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M89" s="80" t="s">
         <v>91</v>
       </c>
-      <c r="B13" s="83"/>
-[...16 lines deleted...]
-      <c r="A15" s="14" t="s">
+      <c r="N89" s="80"/>
+      <c r="O89" s="80"/>
+      <c r="P89" s="80"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L90" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="73" t="s">
-[...8 lines deleted...]
-      <c r="A16" s="14" t="s">
+      <c r="M90" s="80" t="s">
+        <v>134</v>
+      </c>
+      <c r="N90" s="80"/>
+      <c r="O90" s="80"/>
+      <c r="P90" s="80"/>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L91" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="76" t="s">
+      <c r="M91" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="N91" s="80"/>
+      <c r="O91" s="80"/>
+      <c r="P91" s="80"/>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L92" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M92" s="80" t="s">
+        <v>80</v>
+      </c>
+      <c r="N92" s="80"/>
+      <c r="O92" s="80"/>
+      <c r="P92" s="80"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L93" s="14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L95" s="8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L96" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M96" s="80" t="s">
+        <v>132</v>
+      </c>
+      <c r="N96" s="80"/>
+      <c r="O96" s="80"/>
+      <c r="P96" s="80"/>
+    </row>
+    <row r="97" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L97" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M97" s="80" t="s">
+        <v>83</v>
+      </c>
+      <c r="N97" s="80"/>
+      <c r="O97" s="80"/>
+      <c r="P97" s="80"/>
+    </row>
+    <row r="98" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L98" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M98" s="80" t="s">
         <v>88</v>
       </c>
-      <c r="C16" s="76"/>
-[...17 lines deleted...]
-      <c r="A18" s="14" t="s">
+      <c r="N98" s="80"/>
+      <c r="O98" s="80"/>
+      <c r="P98" s="80"/>
+    </row>
+    <row r="99" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L99" s="15"/>
+    </row>
+    <row r="100" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L100" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M100" s="18"/>
+      <c r="N100" s="18"/>
+      <c r="O100" s="18"/>
+      <c r="P100" s="18"/>
+    </row>
+    <row r="101" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L101" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="76" t="s">
-[...22 lines deleted...]
-      <c r="A21" s="48" t="s">
+      <c r="M101" s="80" t="s">
+        <v>105</v>
+      </c>
+      <c r="N101" s="80"/>
+      <c r="O101" s="80"/>
+      <c r="P101" s="80"/>
+    </row>
+    <row r="102" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L102" s="9"/>
+      <c r="M102" s="17"/>
+      <c r="N102" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="O102" s="17"/>
+      <c r="P102" s="17"/>
+    </row>
+    <row r="103" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L103" s="9"/>
+      <c r="M103" s="60" t="s">
+        <v>202</v>
+      </c>
+      <c r="N103" s="61"/>
+      <c r="O103" s="17"/>
+      <c r="P103" s="17"/>
+    </row>
+    <row r="104" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L104" s="9"/>
+      <c r="M104" s="79" t="s">
+        <v>203</v>
+      </c>
+      <c r="N104" s="79"/>
+      <c r="O104" s="79"/>
+      <c r="P104" s="7" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="105" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L105" s="9"/>
+      <c r="M105" s="79" t="s">
+        <v>205</v>
+      </c>
+      <c r="N105" s="79"/>
+      <c r="O105" s="79"/>
+      <c r="P105" s="7" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="106" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L106" s="9"/>
+      <c r="M106" s="79" t="s">
+        <v>207</v>
+      </c>
+      <c r="N106" s="79"/>
+      <c r="O106" s="79"/>
+      <c r="P106" s="7" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="107" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L107" s="9"/>
+      <c r="M107" s="79" t="s">
+        <v>209</v>
+      </c>
+      <c r="N107" s="79"/>
+      <c r="O107" s="79"/>
+      <c r="P107" s="7" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="108" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L108" s="9"/>
+      <c r="M108" s="79" t="s">
+        <v>211</v>
+      </c>
+      <c r="N108" s="79"/>
+      <c r="O108" s="79"/>
+      <c r="P108" s="6" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="109" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L109" s="9"/>
+      <c r="M109" s="79" t="s">
+        <v>213</v>
+      </c>
+      <c r="N109" s="79"/>
+      <c r="O109" s="79"/>
+      <c r="P109" s="7" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="110" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L110" s="9"/>
+      <c r="M110" s="79" t="s">
+        <v>215</v>
+      </c>
+      <c r="N110" s="79"/>
+      <c r="O110" s="79"/>
+      <c r="P110" s="7" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="111" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L111" s="9"/>
+      <c r="M111" s="79" t="s">
+        <v>217</v>
+      </c>
+      <c r="N111" s="79"/>
+      <c r="O111" s="79"/>
+      <c r="P111" s="7" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="112" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L112" s="9"/>
+      <c r="M112" s="79" t="s">
+        <v>219</v>
+      </c>
+      <c r="N112" s="79"/>
+      <c r="O112" s="79"/>
+      <c r="P112" s="7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="113" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L113" s="9"/>
+      <c r="M113" s="79" t="s">
+        <v>221</v>
+      </c>
+      <c r="N113" s="79"/>
+      <c r="O113" s="79"/>
+      <c r="P113" s="7" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="114" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L114" s="9"/>
+      <c r="M114" s="79" t="s">
+        <v>223</v>
+      </c>
+      <c r="N114" s="79"/>
+      <c r="O114" s="79"/>
+      <c r="P114" s="7" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="115" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L115" s="9"/>
+      <c r="M115" s="79" t="s">
+        <v>225</v>
+      </c>
+      <c r="N115" s="79"/>
+      <c r="O115" s="79"/>
+      <c r="P115" s="7" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="116" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L116" s="9"/>
+      <c r="M116" s="79" t="s">
+        <v>227</v>
+      </c>
+      <c r="N116" s="79"/>
+      <c r="O116" s="79"/>
+      <c r="P116" s="7" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="117" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L117" s="9"/>
+      <c r="M117" s="79" t="s">
+        <v>229</v>
+      </c>
+      <c r="N117" s="79"/>
+      <c r="O117" s="79"/>
+      <c r="P117" s="7" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="118" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L118" s="9"/>
+      <c r="M118" s="78" t="s">
+        <v>231</v>
+      </c>
+      <c r="N118" s="78"/>
+      <c r="O118" s="78"/>
+      <c r="P118" s="7" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="119" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L119" s="9"/>
+      <c r="M119" s="79" t="s">
+        <v>233</v>
+      </c>
+      <c r="N119" s="79"/>
+      <c r="O119" s="79"/>
+      <c r="P119" s="7" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="120" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L120" s="9"/>
+      <c r="M120" s="78" t="s">
+        <v>235</v>
+      </c>
+      <c r="N120" s="78"/>
+      <c r="O120" s="78"/>
+      <c r="P120" s="7" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="121" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L121" s="9"/>
+      <c r="M121" s="78" t="s">
+        <v>237</v>
+      </c>
+      <c r="N121" s="78"/>
+      <c r="O121" s="78"/>
+      <c r="P121" s="7" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="122" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L122" s="9"/>
+      <c r="M122" s="78" t="s">
+        <v>239</v>
+      </c>
+      <c r="N122" s="78"/>
+      <c r="O122" s="78"/>
+      <c r="P122" s="7" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="123" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L123" s="9"/>
+      <c r="M123" s="78" t="s">
+        <v>241</v>
+      </c>
+      <c r="N123" s="78"/>
+      <c r="O123" s="78"/>
+      <c r="P123" s="7" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="124" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L124" s="9"/>
+      <c r="M124" s="78" t="s">
+        <v>243</v>
+      </c>
+      <c r="N124" s="78"/>
+      <c r="O124" s="78"/>
+      <c r="P124" s="7" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="125" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L125" s="9"/>
+      <c r="M125" s="78" t="s">
+        <v>245</v>
+      </c>
+      <c r="N125" s="78"/>
+      <c r="O125" s="78"/>
+      <c r="P125" s="7" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="126" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L126" s="9"/>
+      <c r="M126" s="17"/>
+      <c r="N126" s="21"/>
+      <c r="O126" s="17"/>
+      <c r="P126" s="17"/>
+    </row>
+    <row r="127" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L127" s="12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="128" spans="12:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L128" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="77" t="s">
-[...9 lines deleted...]
-      <c r="B22" s="49" t="s">
+      <c r="M128" s="80" t="s">
         <v>50</v>
       </c>
-      <c r="C22" s="85" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="14" t="s">
+      <c r="N128" s="80"/>
+      <c r="O128" s="80"/>
+      <c r="P128" s="80"/>
+    </row>
+    <row r="129" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L129" s="10"/>
+      <c r="M129" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N129" s="80" t="s">
+        <v>51</v>
+      </c>
+      <c r="O129" s="80"/>
+      <c r="P129" s="80"/>
+    </row>
+    <row r="130" spans="12:16" ht="34" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L130" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B23" s="77" t="s">
-[...8 lines deleted...]
-      <c r="A24" s="14" t="s">
+      <c r="M130" s="80" t="s">
+        <v>57</v>
+      </c>
+      <c r="N130" s="80"/>
+      <c r="O130" s="80"/>
+      <c r="P130" s="80"/>
+    </row>
+    <row r="131" spans="12:16" ht="49" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L131" s="10"/>
+      <c r="M131" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N131" s="80" t="s">
+        <v>52</v>
+      </c>
+      <c r="O131" s="80"/>
+      <c r="P131" s="80"/>
+    </row>
+    <row r="132" spans="12:16" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L132" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B24" s="76" t="s">
-[...21 lines deleted...]
-      <c r="A26" s="14" t="s">
+      <c r="M132" s="80" t="s">
+        <v>53</v>
+      </c>
+      <c r="N132" s="80"/>
+      <c r="O132" s="80"/>
+      <c r="P132" s="80"/>
+    </row>
+    <row r="134" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L134" s="8" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="135" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L135" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B26" s="76" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="14" t="s">
+      <c r="M135" s="80" t="s">
+        <v>58</v>
+      </c>
+      <c r="N135" s="80"/>
+      <c r="O135" s="80"/>
+      <c r="P135" s="80"/>
+    </row>
+    <row r="136" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M136" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N136" s="89" t="s">
+        <v>25</v>
+      </c>
+      <c r="O136" s="89"/>
+      <c r="P136" s="89"/>
+    </row>
+    <row r="137" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O137" s="89" t="s">
+        <v>33</v>
+      </c>
+      <c r="P137" s="89"/>
+    </row>
+    <row r="138" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M138" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N138" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="O138" s="89"/>
+      <c r="P138" s="89"/>
+    </row>
+    <row r="139" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M139" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N139" s="89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139" s="89"/>
+      <c r="P139" s="89"/>
+    </row>
+    <row r="140" spans="12:16" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M140" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N140" s="89" t="s">
+        <v>90</v>
+      </c>
+      <c r="O140" s="89"/>
+      <c r="P140" s="89"/>
+    </row>
+    <row r="141" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M141" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N141" s="89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" s="89"/>
+      <c r="P141" s="89"/>
+    </row>
+    <row r="142" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M142" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N142" s="89" t="s">
+        <v>60</v>
+      </c>
+      <c r="O142" s="89"/>
+      <c r="P142" s="89"/>
+    </row>
+    <row r="143" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L143" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B27" s="76" t="s">
-[...20 lines deleted...]
-      <c r="A29" s="14" t="s">
+      <c r="M143" s="80" t="s">
+        <v>28</v>
+      </c>
+      <c r="N143" s="80"/>
+      <c r="O143" s="80"/>
+      <c r="P143" s="80"/>
+    </row>
+    <row r="144" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M144" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N144" s="89" t="s">
+        <v>34</v>
+      </c>
+      <c r="O144" s="89"/>
+      <c r="P144" s="89"/>
+    </row>
+    <row r="145" spans="12:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O145" s="91" t="s">
+        <v>35</v>
+      </c>
+      <c r="P145" s="91"/>
+    </row>
+    <row r="146" spans="12:16" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M146" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N146" s="89" t="s">
+        <v>29</v>
+      </c>
+      <c r="O146" s="89"/>
+      <c r="P146" s="89"/>
+    </row>
+    <row r="147" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M147" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N147" s="89" t="s">
+        <v>30</v>
+      </c>
+      <c r="O147" s="89"/>
+      <c r="P147" s="89"/>
+    </row>
+    <row r="148" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L148" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="10" t="s">
-[...411 lines deleted...]
-      <c r="B66" s="76" t="s">
+      <c r="M148" s="80" t="s">
+        <v>61</v>
+      </c>
+      <c r="N148" s="80"/>
+      <c r="O148" s="80"/>
+      <c r="P148" s="80"/>
+    </row>
+    <row r="149" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M149" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N149" s="89" t="s">
+        <v>32</v>
+      </c>
+      <c r="O149" s="89"/>
+      <c r="P149" s="89"/>
+    </row>
+    <row r="150" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O150" s="89" t="s">
+        <v>70</v>
+      </c>
+      <c r="P150" s="89"/>
+    </row>
+    <row r="151" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O151" s="89" t="s">
         <v>71</v>
       </c>
-      <c r="C66" s="76"/>
-[...290 lines deleted...]
-      <c r="B94" s="89" t="s">
+      <c r="P151" s="89"/>
+    </row>
+    <row r="152" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M152" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C94" s="89"/>
-[...577 lines deleted...]
-      <c r="C154" s="71" t="s">
+      <c r="N152" s="89" t="s">
         <v>62</v>
       </c>
-      <c r="D154" s="71"/>
-[...77 lines deleted...]
-      <c r="D163" s="71" t="s">
+      <c r="O152" s="89"/>
+      <c r="P152" s="89"/>
+    </row>
+    <row r="153" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M153" s="19"/>
+      <c r="N153" s="22"/>
+      <c r="O153" s="22"/>
+      <c r="P153" s="22"/>
+    </row>
+    <row r="154" spans="12:16" ht="106" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L154" s="90" t="s">
         <v>73</v>
       </c>
-      <c r="E163" s="71"/>
-[...24 lines deleted...]
-      <c r="E166" s="72"/>
+      <c r="M154" s="90"/>
+      <c r="N154" s="90"/>
+      <c r="O154" s="90"/>
+      <c r="P154" s="90"/>
     </row>
   </sheetData>
-  <mergeCells count="113">
-[...112 lines deleted...]
-    <mergeCell ref="C143:E143"/>
+  <mergeCells count="127">
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="B4:J4"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="O137:P137"/>
+    <mergeCell ref="N138:P138"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="M97:P97"/>
+    <mergeCell ref="M110:O110"/>
+    <mergeCell ref="M111:O111"/>
+    <mergeCell ref="M112:O112"/>
+    <mergeCell ref="M113:O113"/>
+    <mergeCell ref="M90:P90"/>
+    <mergeCell ref="N88:P88"/>
+    <mergeCell ref="M89:P89"/>
+    <mergeCell ref="M91:P91"/>
+    <mergeCell ref="M96:P96"/>
+    <mergeCell ref="M12:P12"/>
+    <mergeCell ref="M15:P15"/>
+    <mergeCell ref="N16:P16"/>
+    <mergeCell ref="M76:P76"/>
+    <mergeCell ref="D30:J30"/>
+    <mergeCell ref="C40:J40"/>
+    <mergeCell ref="N140:P140"/>
+    <mergeCell ref="N141:P141"/>
+    <mergeCell ref="N142:P142"/>
+    <mergeCell ref="M143:P143"/>
+    <mergeCell ref="N144:P144"/>
+    <mergeCell ref="M135:P135"/>
+    <mergeCell ref="M132:P132"/>
+    <mergeCell ref="B8:J8"/>
+    <mergeCell ref="B9:J9"/>
+    <mergeCell ref="O150:P150"/>
+    <mergeCell ref="O151:P151"/>
+    <mergeCell ref="N152:P152"/>
+    <mergeCell ref="L154:P154"/>
+    <mergeCell ref="O145:P145"/>
+    <mergeCell ref="N146:P146"/>
+    <mergeCell ref="N147:P147"/>
+    <mergeCell ref="M148:P148"/>
+    <mergeCell ref="N149:P149"/>
+    <mergeCell ref="M87:P87"/>
+    <mergeCell ref="M65:P65"/>
+    <mergeCell ref="M66:P66"/>
+    <mergeCell ref="N71:P71"/>
+    <mergeCell ref="N72:P72"/>
+    <mergeCell ref="M75:P75"/>
+    <mergeCell ref="M67:P67"/>
+    <mergeCell ref="N139:P139"/>
+    <mergeCell ref="M128:P128"/>
+    <mergeCell ref="N129:P129"/>
+    <mergeCell ref="M130:P130"/>
+    <mergeCell ref="N131:P131"/>
+    <mergeCell ref="M92:P92"/>
+    <mergeCell ref="M82:P82"/>
+    <mergeCell ref="M98:P98"/>
+    <mergeCell ref="M101:P101"/>
+    <mergeCell ref="M104:O104"/>
+    <mergeCell ref="L1:P1"/>
+    <mergeCell ref="M4:P4"/>
+    <mergeCell ref="M35:P35"/>
+    <mergeCell ref="M31:P31"/>
+    <mergeCell ref="M34:P34"/>
+    <mergeCell ref="M36:P36"/>
+    <mergeCell ref="M32:P32"/>
+    <mergeCell ref="M6:P6"/>
+    <mergeCell ref="M11:P11"/>
+    <mergeCell ref="M60:P60"/>
+    <mergeCell ref="M58:P58"/>
+    <mergeCell ref="M59:P59"/>
+    <mergeCell ref="M68:P68"/>
+    <mergeCell ref="M69:P69"/>
+    <mergeCell ref="M70:P70"/>
+    <mergeCell ref="M77:P77"/>
+    <mergeCell ref="M80:P80"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="M83:P83"/>
+    <mergeCell ref="M106:O106"/>
+    <mergeCell ref="M62:P62"/>
+    <mergeCell ref="M55:P55"/>
+    <mergeCell ref="M9:P9"/>
+    <mergeCell ref="N10:P10"/>
+    <mergeCell ref="N13:P13"/>
+    <mergeCell ref="M14:P14"/>
+    <mergeCell ref="M22:P22"/>
+    <mergeCell ref="M23:P23"/>
+    <mergeCell ref="M45:P45"/>
+    <mergeCell ref="M48:P48"/>
+    <mergeCell ref="N49:P49"/>
+    <mergeCell ref="M52:P52"/>
+    <mergeCell ref="M53:P53"/>
+    <mergeCell ref="M41:P41"/>
+    <mergeCell ref="M105:O105"/>
+    <mergeCell ref="M20:P20"/>
+    <mergeCell ref="M28:P28"/>
+    <mergeCell ref="M29:P29"/>
+    <mergeCell ref="M30:P30"/>
+    <mergeCell ref="M24:P24"/>
+    <mergeCell ref="M47:P47"/>
+    <mergeCell ref="M54:P54"/>
+    <mergeCell ref="M61:P61"/>
+    <mergeCell ref="M124:O124"/>
+    <mergeCell ref="M125:O125"/>
+    <mergeCell ref="M107:O107"/>
+    <mergeCell ref="M108:O108"/>
+    <mergeCell ref="M109:O109"/>
+    <mergeCell ref="M118:O118"/>
+    <mergeCell ref="M119:O119"/>
+    <mergeCell ref="M120:O120"/>
+    <mergeCell ref="M121:O121"/>
+    <mergeCell ref="M122:O122"/>
+    <mergeCell ref="M123:O123"/>
+    <mergeCell ref="M115:O115"/>
+    <mergeCell ref="M116:O116"/>
+    <mergeCell ref="M117:O117"/>
+    <mergeCell ref="M114:O114"/>
+    <mergeCell ref="C41:J41"/>
+    <mergeCell ref="B15:H15"/>
+    <mergeCell ref="D53:J53"/>
+    <mergeCell ref="B76:H76"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="B26:J26"/>
+    <mergeCell ref="B42:J42"/>
+    <mergeCell ref="D28:J28"/>
+    <mergeCell ref="D32:J32"/>
+    <mergeCell ref="D34:J35"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C6" r:id="rId1" xr:uid="{A3E48458-716D-C34B-9724-09257575BC93}"/>
-[...4 lines deleted...]
-    <hyperlink ref="C114" r:id="rId6" xr:uid="{138A4FFE-B8D2-2A4F-A39E-034BC119D1C8}"/>
+    <hyperlink ref="E5" r:id="rId1" xr:uid="{A3E48458-716D-C34B-9724-09257575BC93}"/>
+    <hyperlink ref="C10" r:id="rId2" xr:uid="{881A8164-6DC4-204E-BC75-0C2A1C475F27}"/>
+    <hyperlink ref="N5" r:id="rId3" xr:uid="{749C3EC4-3DCF-AB4B-A882-9FA5EAFB628D}"/>
+    <hyperlink ref="N33" r:id="rId4" xr:uid="{29EA5318-10B5-4546-91E9-1A0FF00C6CAE}"/>
+    <hyperlink ref="N21" r:id="rId5" xr:uid="{5FAACF6C-09B9-8E4F-91C2-A1C1DC51AB19}"/>
+    <hyperlink ref="N102" r:id="rId6" xr:uid="{138A4FFE-B8D2-2A4F-A39E-034BC119D1C8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="77" fitToHeight="0" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId7"/>
-[...3 lines deleted...]
-  </rowBreaks>
+  <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9BD0D76-7626-9E4E-AF2C-E36AB1524FA4}">
-[...979 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5140D783-F552-419E-9247-96BF9BC1E231}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:AA113"/>
+  <dimension ref="A1:AC113"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="F11" sqref="B11:F60"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K1" sqref="K1:V1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="14.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13" style="1" customWidth="1"/>
     <col min="4" max="4" width="52" style="1" customWidth="1"/>
-    <col min="5" max="5" width="18.6640625" style="1" customWidth="1"/>
-    <col min="6" max="6" width="22.1640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="11.83203125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="14.33203125" style="3" customWidth="1"/>
     <col min="7" max="7" width="36.6640625" style="3" customWidth="1"/>
-    <col min="8" max="8" width="21.6640625" style="3" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="23" max="16384" width="9.1640625" style="1"/>
+    <col min="8" max="8" width="18.6640625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="22.1640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="21.6640625" customWidth="1"/>
+    <col min="11" max="12" width="21.6640625" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="18.5" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="18.1640625" hidden="1" customWidth="1"/>
+    <col min="15" max="19" width="14.1640625" style="3" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="14.83203125" style="3" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="14.5" style="3" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="6.1640625" style="3" hidden="1" customWidth="1"/>
+    <col min="23" max="23" width="13.5" customWidth="1"/>
+    <col min="24" max="24" width="8.1640625" style="33" customWidth="1"/>
+    <col min="25" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:27" ht="19" x14ac:dyDescent="0.25">
-      <c r="B1" s="51" t="s">
+    <row r="1" spans="1:29" ht="69" x14ac:dyDescent="0.25">
+      <c r="B1" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="99"/>
-[...14 lines deleted...]
-      <c r="H2" s="4" t="s">
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="K1" s="69" t="s">
+        <v>250</v>
+      </c>
+      <c r="L1" s="69" t="s">
+        <v>251</v>
+      </c>
+      <c r="M1" s="69" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="2" spans="1:29" ht="19" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="44" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="K2" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="L2" s="33" t="s">
+        <v>253</v>
+      </c>
+      <c r="M2" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="O2" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="P2" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q2" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="R2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="S2" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="T2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="U2" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:29" ht="19" x14ac:dyDescent="0.25">
+      <c r="B3" s="44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="101"/>
+      <c r="D3" s="101"/>
+      <c r="E3" s="101"/>
+      <c r="F3" s="101"/>
+      <c r="G3" s="101"/>
+      <c r="H3" s="101"/>
+      <c r="I3" s="101"/>
+      <c r="K3" s="33" t="s">
+        <v>253</v>
+      </c>
+      <c r="L3" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="M3" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="O3" s="3" t="s">
         <v>21</v>
-      </c>
-[...44 lines deleted...]
-        <v>7</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="R3" s="3" t="s">
-        <v>122</v>
+        <v>7</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" s="51" t="s">
+      <c r="T3" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:29" ht="19" x14ac:dyDescent="0.25">
+      <c r="B4" s="44" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="99"/>
-[...4 lines deleted...]
-      <c r="H4" s="3" t="s">
+      <c r="C4" s="101"/>
+      <c r="D4" s="101"/>
+      <c r="E4" s="101"/>
+      <c r="F4" s="101"/>
+      <c r="G4" s="101"/>
+      <c r="H4" s="101"/>
+      <c r="I4" s="101"/>
+      <c r="K4" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="J4" s="3" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="L4" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="M4" s="33" t="s">
+        <v>3</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>6</v>
       </c>
+      <c r="R4" s="3" t="s">
+        <v>6</v>
+      </c>
       <c r="S4" s="3" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="51" t="s">
+      <c r="U4" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:29" ht="19" x14ac:dyDescent="0.25">
+      <c r="B5" s="44" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="99"/>
-[...4 lines deleted...]
-      <c r="H5" s="3" t="s">
+      <c r="C5" s="101"/>
+      <c r="D5" s="101"/>
+      <c r="E5" s="101"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="101"/>
+      <c r="H5" s="101"/>
+      <c r="I5" s="101"/>
+      <c r="K5" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="3" t="s">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="L5" s="33" t="s">
+        <v>2</v>
+      </c>
+      <c r="M5" s="33" t="s">
+        <v>2</v>
       </c>
       <c r="P5" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>120</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>120</v>
       </c>
       <c r="S5" s="3" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      <c r="B6" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6" spans="1:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="99"/>
-[...4 lines deleted...]
-      <c r="H6" s="3" t="s">
+      <c r="C6" s="101"/>
+      <c r="D6" s="101"/>
+      <c r="E6" s="101"/>
+      <c r="F6" s="101"/>
+      <c r="G6" s="101"/>
+      <c r="H6" s="101"/>
+      <c r="I6" s="101"/>
+      <c r="K6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="J6" s="3" t="s">
-[...4 lines deleted...]
-      <c r="H7" s="3" t="s">
+      <c r="L6" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="6"/>
-[...4 lines deleted...]
-    <row r="8" spans="1:27" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M6" s="33" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K7" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="L7" s="33"/>
+    </row>
+    <row r="8" spans="1:29" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
-      <c r="H8" s="6"/>
-[...7 lines deleted...]
-      <c r="B9" s="97" t="s">
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="K8" s="33"/>
+    </row>
+    <row r="9" spans="1:29" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="27"/>
+      <c r="B9" s="99" t="s">
+        <v>181</v>
+      </c>
+      <c r="C9" s="99"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="99"/>
+      <c r="F9" s="100"/>
+      <c r="G9" s="63"/>
+      <c r="H9" s="62"/>
+      <c r="I9" s="62"/>
+    </row>
+    <row r="10" spans="1:29" ht="83" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="64" t="s">
+        <v>135</v>
+      </c>
+      <c r="B10" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="C10" s="66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="67" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="66" t="s">
+        <v>248</v>
+      </c>
+      <c r="F10" s="66" t="s">
+        <v>249</v>
+      </c>
+      <c r="G10" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="66" t="s">
         <v>183</v>
       </c>
-      <c r="C9" s="97"/>
-[...36 lines deleted...]
-      <c r="A11" s="50">
+      <c r="I10" s="68" t="s">
+        <v>184</v>
+      </c>
+      <c r="W10" s="3"/>
+      <c r="X10"/>
+      <c r="Y10" s="33"/>
+    </row>
+    <row r="11" spans="1:29" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="43">
         <v>1</v>
       </c>
-      <c r="B11" s="62"/>
-[...11 lines deleted...]
-      <c r="N11" s="3"/>
+      <c r="B11" s="29"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="30"/>
+      <c r="E11" s="71"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="29"/>
+      <c r="I11" s="31"/>
+      <c r="J11"/>
+      <c r="K11"/>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
-      <c r="U11" s="6"/>
-[...5 lines deleted...]
-      <c r="A12" s="50">
+      <c r="U11" s="3"/>
+      <c r="V11" s="3"/>
+      <c r="W11" s="5"/>
+      <c r="X11" s="23"/>
+      <c r="Y11"/>
+      <c r="AA11" s="23"/>
+    </row>
+    <row r="12" spans="1:29" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="43">
         <v>2</v>
       </c>
-      <c r="B12" s="62"/>
-[...18 lines deleted...]
-      <c r="A13" s="50">
+      <c r="B12" s="54"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="30"/>
+      <c r="E12" s="71"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="29"/>
+      <c r="I12" s="31"/>
+      <c r="O12" s="5"/>
+      <c r="P12" s="5"/>
+      <c r="Q12" s="5"/>
+      <c r="R12" s="5"/>
+      <c r="S12" s="5"/>
+      <c r="T12" s="5"/>
+      <c r="U12" s="5"/>
+      <c r="V12" s="5"/>
+      <c r="W12" s="3"/>
+      <c r="Y12" s="23"/>
+      <c r="AB12" s="23"/>
+    </row>
+    <row r="13" spans="1:29" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="43">
         <v>3</v>
       </c>
-      <c r="B13" s="62"/>
-[...13 lines deleted...]
-      <c r="A14" s="50">
+      <c r="B13" s="54"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="71"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="29"/>
+      <c r="I13" s="31"/>
+      <c r="W13" s="3"/>
+      <c r="X13"/>
+      <c r="Y13" s="33"/>
+      <c r="Z13" s="23"/>
+      <c r="AC13" s="24"/>
+    </row>
+    <row r="14" spans="1:29" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="43">
         <v>4</v>
       </c>
-      <c r="B14" s="62"/>
-[...11 lines deleted...]
-      <c r="A15" s="50">
+      <c r="B14" s="54"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="71"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="32"/>
+      <c r="H14" s="29"/>
+      <c r="I14" s="31"/>
+      <c r="W14" s="3"/>
+      <c r="X14"/>
+      <c r="Y14" s="33"/>
+    </row>
+    <row r="15" spans="1:29" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="43">
         <v>5</v>
       </c>
-      <c r="B15" s="62"/>
-[...11 lines deleted...]
-      <c r="A16" s="50">
+      <c r="B15" s="54"/>
+      <c r="C15" s="29"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="71"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="32"/>
+      <c r="H15" s="29"/>
+      <c r="I15" s="31"/>
+      <c r="W15" s="3"/>
+      <c r="X15"/>
+      <c r="Y15" s="33"/>
+    </row>
+    <row r="16" spans="1:29" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="43">
         <v>6</v>
       </c>
-      <c r="B16" s="62"/>
-[...11 lines deleted...]
-      <c r="A17" s="50">
+      <c r="B16" s="29"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="30"/>
+      <c r="E16" s="71"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="32"/>
+      <c r="H16" s="29"/>
+      <c r="I16" s="31"/>
+      <c r="W16" s="3"/>
+      <c r="X16"/>
+      <c r="Y16" s="33"/>
+    </row>
+    <row r="17" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="43">
         <v>7</v>
       </c>
-      <c r="B17" s="62"/>
-[...11 lines deleted...]
-      <c r="A18" s="50">
+      <c r="B17" s="54"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="30"/>
+      <c r="E17" s="71"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="32"/>
+      <c r="H17" s="29"/>
+      <c r="I17" s="31"/>
+      <c r="W17" s="3"/>
+      <c r="X17"/>
+      <c r="Y17" s="33"/>
+    </row>
+    <row r="18" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="43">
         <v>8</v>
       </c>
-      <c r="B18" s="62"/>
-[...11 lines deleted...]
-      <c r="A19" s="50">
+      <c r="B18" s="54"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="30"/>
+      <c r="E18" s="71"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="29"/>
+      <c r="I18" s="31"/>
+      <c r="W18" s="3"/>
+      <c r="X18"/>
+      <c r="Y18" s="33"/>
+    </row>
+    <row r="19" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="43">
         <v>9</v>
       </c>
-      <c r="B19" s="62"/>
-[...11 lines deleted...]
-      <c r="A20" s="50">
+      <c r="B19" s="54"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="30"/>
+      <c r="E19" s="71"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="31"/>
+      <c r="W19" s="3"/>
+      <c r="X19"/>
+      <c r="Y19" s="33"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="43">
         <v>10</v>
       </c>
-      <c r="B20" s="62"/>
-[...11 lines deleted...]
-      <c r="A21" s="50">
+      <c r="B20" s="54"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="30"/>
+      <c r="E20" s="71"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="31"/>
+      <c r="W20" s="3"/>
+      <c r="X20"/>
+      <c r="Y20" s="33"/>
+    </row>
+    <row r="21" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="43">
         <v>11</v>
       </c>
-      <c r="B21" s="62"/>
-[...11 lines deleted...]
-      <c r="N21" s="3"/>
+      <c r="B21" s="29"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="30"/>
+      <c r="E21" s="71"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="29"/>
+      <c r="I21" s="31"/>
+      <c r="J21"/>
+      <c r="K21"/>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
       <c r="T21" s="3"/>
-      <c r="U21" s="6"/>
-[...4 lines deleted...]
-      <c r="A22" s="50">
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="5"/>
+      <c r="X21"/>
+      <c r="Y21"/>
+    </row>
+    <row r="22" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="43">
         <v>12</v>
       </c>
-      <c r="B22" s="62"/>
-[...17 lines deleted...]
-      <c r="A23" s="50">
+      <c r="B22" s="54"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="30"/>
+      <c r="E22" s="71"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="29"/>
+      <c r="I22" s="31"/>
+      <c r="O22" s="5"/>
+      <c r="P22" s="5"/>
+      <c r="Q22" s="5"/>
+      <c r="R22" s="5"/>
+      <c r="S22" s="5"/>
+      <c r="T22" s="5"/>
+      <c r="U22" s="5"/>
+      <c r="V22" s="5"/>
+      <c r="W22" s="3"/>
+      <c r="X22"/>
+      <c r="Y22" s="33"/>
+    </row>
+    <row r="23" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="43">
         <v>13</v>
       </c>
-      <c r="B23" s="62"/>
-[...10 lines deleted...]
-      <c r="A24" s="50">
+      <c r="B23" s="54"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="30"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="29"/>
+      <c r="I23" s="31"/>
+      <c r="W23" s="3"/>
+      <c r="X23"/>
+      <c r="Y23" s="33"/>
+    </row>
+    <row r="24" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="43">
         <v>14</v>
       </c>
-      <c r="B24" s="62"/>
-[...11 lines deleted...]
-      <c r="A25" s="50">
+      <c r="B24" s="54"/>
+      <c r="C24" s="29"/>
+      <c r="D24" s="30"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="70"/>
+      <c r="G24" s="32"/>
+      <c r="H24" s="29"/>
+      <c r="I24" s="31"/>
+      <c r="W24" s="3"/>
+      <c r="X24"/>
+      <c r="Y24" s="33"/>
+    </row>
+    <row r="25" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="43">
         <v>15</v>
       </c>
-      <c r="B25" s="62"/>
-[...11 lines deleted...]
-      <c r="A26" s="50">
+      <c r="B25" s="54"/>
+      <c r="C25" s="29"/>
+      <c r="D25" s="30"/>
+      <c r="E25" s="71"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="32"/>
+      <c r="H25" s="29"/>
+      <c r="I25" s="31"/>
+      <c r="W25" s="3"/>
+      <c r="X25"/>
+      <c r="Y25" s="33"/>
+    </row>
+    <row r="26" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="43">
         <v>16</v>
       </c>
-      <c r="B26" s="62"/>
-[...11 lines deleted...]
-      <c r="A27" s="50">
+      <c r="B26" s="29"/>
+      <c r="C26" s="29"/>
+      <c r="D26" s="30"/>
+      <c r="E26" s="71"/>
+      <c r="F26" s="70"/>
+      <c r="G26" s="32"/>
+      <c r="H26" s="29"/>
+      <c r="I26" s="31"/>
+      <c r="W26" s="3"/>
+      <c r="X26"/>
+      <c r="Y26" s="33"/>
+    </row>
+    <row r="27" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="43">
         <v>17</v>
       </c>
-      <c r="B27" s="62"/>
-[...11 lines deleted...]
-      <c r="A28" s="50">
+      <c r="B27" s="54"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="30"/>
+      <c r="E27" s="71"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="29"/>
+      <c r="I27" s="31"/>
+      <c r="W27" s="3"/>
+      <c r="X27"/>
+      <c r="Y27" s="33"/>
+    </row>
+    <row r="28" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="43">
         <v>18</v>
       </c>
-      <c r="B28" s="62"/>
-[...11 lines deleted...]
-      <c r="A29" s="50">
+      <c r="B28" s="54"/>
+      <c r="C28" s="29"/>
+      <c r="D28" s="30"/>
+      <c r="E28" s="71"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="32"/>
+      <c r="H28" s="29"/>
+      <c r="I28" s="31"/>
+      <c r="W28" s="3"/>
+      <c r="X28"/>
+      <c r="Y28" s="33"/>
+    </row>
+    <row r="29" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="43">
         <v>19</v>
       </c>
-      <c r="B29" s="62"/>
-[...11 lines deleted...]
-      <c r="A30" s="50">
+      <c r="B29" s="54"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="30"/>
+      <c r="E29" s="71"/>
+      <c r="F29" s="70"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="29"/>
+      <c r="I29" s="31"/>
+      <c r="W29" s="3"/>
+      <c r="X29"/>
+      <c r="Y29" s="33"/>
+    </row>
+    <row r="30" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="43">
         <v>20</v>
       </c>
-      <c r="B30" s="62"/>
-[...11 lines deleted...]
-      <c r="A31" s="50">
+      <c r="B30" s="54"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="30"/>
+      <c r="E30" s="71"/>
+      <c r="F30" s="70"/>
+      <c r="G30" s="32"/>
+      <c r="H30" s="29"/>
+      <c r="I30" s="31"/>
+      <c r="W30" s="3"/>
+      <c r="X30"/>
+      <c r="Y30" s="33"/>
+    </row>
+    <row r="31" spans="1:25" customFormat="1" ht="19" x14ac:dyDescent="0.15">
+      <c r="A31" s="43">
         <v>21</v>
       </c>
-      <c r="B31" s="62"/>
-[...20 lines deleted...]
-      <c r="A32" s="50">
+      <c r="B31" s="29"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="30"/>
+      <c r="E31" s="71"/>
+      <c r="F31" s="70"/>
+      <c r="G31" s="32"/>
+      <c r="H31" s="29"/>
+      <c r="I31" s="31"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="5"/>
+      <c r="Q31" s="5"/>
+      <c r="R31" s="5"/>
+      <c r="S31" s="5"/>
+      <c r="T31" s="5"/>
+      <c r="U31" s="5"/>
+      <c r="V31" s="5"/>
+    </row>
+    <row r="32" spans="1:25" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A32" s="43">
         <v>22</v>
       </c>
-      <c r="B32" s="62"/>
-[...20 lines deleted...]
-      <c r="A33" s="50">
+      <c r="B32" s="54"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="30"/>
+      <c r="E32" s="71"/>
+      <c r="F32" s="70"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="29"/>
+      <c r="I32" s="31"/>
+      <c r="O32" s="5"/>
+      <c r="P32" s="5"/>
+      <c r="Q32" s="5"/>
+      <c r="R32" s="5"/>
+      <c r="S32" s="5"/>
+      <c r="T32" s="5"/>
+      <c r="U32" s="5"/>
+      <c r="V32" s="5"/>
+    </row>
+    <row r="33" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A33" s="43">
         <v>23</v>
       </c>
-      <c r="B33" s="62"/>
-[...20 lines deleted...]
-      <c r="A34" s="50">
+      <c r="B33" s="54"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="30"/>
+      <c r="E33" s="71"/>
+      <c r="F33" s="70"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="29"/>
+      <c r="I33" s="31"/>
+      <c r="O33" s="5"/>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
+      <c r="S33" s="5"/>
+      <c r="T33" s="5"/>
+      <c r="U33" s="5"/>
+      <c r="V33" s="5"/>
+    </row>
+    <row r="34" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A34" s="43">
         <v>24</v>
       </c>
-      <c r="B34" s="62"/>
-[...20 lines deleted...]
-      <c r="A35" s="50">
+      <c r="B34" s="54"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="30"/>
+      <c r="E34" s="71"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="32"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="31"/>
+      <c r="O34" s="5"/>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
+      <c r="S34" s="5"/>
+      <c r="T34" s="5"/>
+      <c r="U34" s="5"/>
+      <c r="V34" s="5"/>
+    </row>
+    <row r="35" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A35" s="43">
         <v>25</v>
       </c>
-      <c r="B35" s="62"/>
-[...20 lines deleted...]
-      <c r="A36" s="50">
+      <c r="B35" s="54"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="30"/>
+      <c r="E35" s="71"/>
+      <c r="F35" s="70"/>
+      <c r="G35" s="32"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="31"/>
+      <c r="O35" s="5"/>
+      <c r="P35" s="5"/>
+      <c r="Q35" s="5"/>
+      <c r="R35" s="5"/>
+      <c r="S35" s="5"/>
+      <c r="T35" s="5"/>
+      <c r="U35" s="5"/>
+      <c r="V35" s="5"/>
+    </row>
+    <row r="36" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.15">
+      <c r="A36" s="43">
         <v>26</v>
       </c>
-      <c r="B36" s="62"/>
-[...20 lines deleted...]
-      <c r="A37" s="50">
+      <c r="B36" s="29"/>
+      <c r="C36" s="29"/>
+      <c r="D36" s="30"/>
+      <c r="E36" s="71"/>
+      <c r="F36" s="70"/>
+      <c r="G36" s="32"/>
+      <c r="H36" s="29"/>
+      <c r="I36" s="31"/>
+      <c r="O36" s="5"/>
+      <c r="P36" s="5"/>
+      <c r="Q36" s="5"/>
+      <c r="R36" s="5"/>
+      <c r="S36" s="5"/>
+      <c r="T36" s="5"/>
+      <c r="U36" s="5"/>
+      <c r="V36" s="5"/>
+    </row>
+    <row r="37" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A37" s="43">
         <v>27</v>
       </c>
-      <c r="B37" s="62"/>
-[...20 lines deleted...]
-      <c r="A38" s="50">
+      <c r="B37" s="54"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="71"/>
+      <c r="F37" s="70"/>
+      <c r="G37" s="32"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="31"/>
+      <c r="O37" s="5"/>
+      <c r="P37" s="5"/>
+      <c r="Q37" s="5"/>
+      <c r="R37" s="5"/>
+      <c r="S37" s="5"/>
+      <c r="T37" s="5"/>
+      <c r="U37" s="5"/>
+      <c r="V37" s="5"/>
+    </row>
+    <row r="38" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A38" s="43">
         <v>28</v>
       </c>
-      <c r="B38" s="62"/>
-[...20 lines deleted...]
-      <c r="A39" s="50">
+      <c r="B38" s="54"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="30"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="70"/>
+      <c r="G38" s="32"/>
+      <c r="H38" s="29"/>
+      <c r="I38" s="31"/>
+      <c r="O38" s="5"/>
+      <c r="P38" s="5"/>
+      <c r="Q38" s="5"/>
+      <c r="R38" s="5"/>
+      <c r="S38" s="5"/>
+      <c r="T38" s="5"/>
+      <c r="U38" s="5"/>
+      <c r="V38" s="5"/>
+    </row>
+    <row r="39" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A39" s="43">
         <v>29</v>
       </c>
-      <c r="B39" s="62"/>
-[...20 lines deleted...]
-      <c r="A40" s="50">
+      <c r="B39" s="54"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="71"/>
+      <c r="F39" s="70"/>
+      <c r="G39" s="32"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="31"/>
+      <c r="O39" s="5"/>
+      <c r="P39" s="5"/>
+      <c r="Q39" s="5"/>
+      <c r="R39" s="5"/>
+      <c r="S39" s="5"/>
+      <c r="T39" s="5"/>
+      <c r="U39" s="5"/>
+      <c r="V39" s="5"/>
+    </row>
+    <row r="40" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A40" s="43">
         <v>30</v>
       </c>
-      <c r="B40" s="62"/>
-[...20 lines deleted...]
-      <c r="A41" s="50">
+      <c r="B40" s="54"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="30"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="70"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="29"/>
+      <c r="I40" s="31"/>
+      <c r="O40" s="5"/>
+      <c r="P40" s="5"/>
+      <c r="Q40" s="5"/>
+      <c r="R40" s="5"/>
+      <c r="S40" s="5"/>
+      <c r="T40" s="5"/>
+      <c r="U40" s="5"/>
+      <c r="V40" s="5"/>
+    </row>
+    <row r="41" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A41" s="43">
         <v>31</v>
       </c>
-      <c r="B41" s="62"/>
-[...20 lines deleted...]
-      <c r="A42" s="50">
+      <c r="B41" s="54"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="30"/>
+      <c r="E41" s="71"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="31"/>
+      <c r="O41" s="5"/>
+      <c r="P41" s="5"/>
+      <c r="Q41" s="5"/>
+      <c r="R41" s="5"/>
+      <c r="S41" s="5"/>
+      <c r="T41" s="5"/>
+      <c r="U41" s="5"/>
+      <c r="V41" s="5"/>
+    </row>
+    <row r="42" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A42" s="43">
         <v>32</v>
       </c>
-      <c r="B42" s="62"/>
-[...20 lines deleted...]
-      <c r="A43" s="50">
+      <c r="B42" s="54"/>
+      <c r="C42" s="29"/>
+      <c r="D42" s="30"/>
+      <c r="E42" s="71"/>
+      <c r="F42" s="70"/>
+      <c r="G42" s="32"/>
+      <c r="H42" s="29"/>
+      <c r="I42" s="31"/>
+      <c r="O42" s="5"/>
+      <c r="P42" s="5"/>
+      <c r="Q42" s="5"/>
+      <c r="R42" s="5"/>
+      <c r="S42" s="5"/>
+      <c r="T42" s="5"/>
+      <c r="U42" s="5"/>
+      <c r="V42" s="5"/>
+    </row>
+    <row r="43" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A43" s="43">
         <v>33</v>
       </c>
-      <c r="B43" s="62"/>
-[...20 lines deleted...]
-      <c r="A44" s="50">
+      <c r="B43" s="54"/>
+      <c r="C43" s="29"/>
+      <c r="D43" s="30"/>
+      <c r="E43" s="71"/>
+      <c r="F43" s="70"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="29"/>
+      <c r="I43" s="31"/>
+      <c r="O43" s="5"/>
+      <c r="P43" s="5"/>
+      <c r="Q43" s="5"/>
+      <c r="R43" s="5"/>
+      <c r="S43" s="5"/>
+      <c r="T43" s="5"/>
+      <c r="U43" s="5"/>
+      <c r="V43" s="5"/>
+    </row>
+    <row r="44" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A44" s="43">
         <v>34</v>
       </c>
-      <c r="B44" s="62"/>
-[...20 lines deleted...]
-      <c r="A45" s="50">
+      <c r="B44" s="54"/>
+      <c r="C44" s="29"/>
+      <c r="D44" s="30"/>
+      <c r="E44" s="71"/>
+      <c r="F44" s="70"/>
+      <c r="G44" s="32"/>
+      <c r="H44" s="29"/>
+      <c r="I44" s="31"/>
+      <c r="O44" s="5"/>
+      <c r="P44" s="5"/>
+      <c r="Q44" s="5"/>
+      <c r="R44" s="5"/>
+      <c r="S44" s="5"/>
+      <c r="T44" s="5"/>
+      <c r="U44" s="5"/>
+      <c r="V44" s="5"/>
+    </row>
+    <row r="45" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A45" s="43">
         <v>35</v>
       </c>
-      <c r="B45" s="62"/>
-[...20 lines deleted...]
-      <c r="A46" s="50">
+      <c r="B45" s="54"/>
+      <c r="C45" s="29"/>
+      <c r="D45" s="30"/>
+      <c r="E45" s="71"/>
+      <c r="F45" s="70"/>
+      <c r="G45" s="32"/>
+      <c r="H45" s="29"/>
+      <c r="I45" s="31"/>
+      <c r="O45" s="5"/>
+      <c r="P45" s="5"/>
+      <c r="Q45" s="5"/>
+      <c r="R45" s="5"/>
+      <c r="S45" s="5"/>
+      <c r="T45" s="5"/>
+      <c r="U45" s="5"/>
+      <c r="V45" s="5"/>
+    </row>
+    <row r="46" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A46" s="43">
         <v>36</v>
       </c>
-      <c r="B46" s="62"/>
-[...20 lines deleted...]
-      <c r="A47" s="50">
+      <c r="B46" s="54"/>
+      <c r="C46" s="29"/>
+      <c r="D46" s="30"/>
+      <c r="E46" s="71"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="32"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="31"/>
+      <c r="O46" s="5"/>
+      <c r="P46" s="5"/>
+      <c r="Q46" s="5"/>
+      <c r="R46" s="5"/>
+      <c r="S46" s="5"/>
+      <c r="T46" s="5"/>
+      <c r="U46" s="5"/>
+      <c r="V46" s="5"/>
+    </row>
+    <row r="47" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A47" s="43">
         <v>37</v>
       </c>
-      <c r="B47" s="62"/>
-[...20 lines deleted...]
-      <c r="A48" s="50">
+      <c r="B47" s="54"/>
+      <c r="C47" s="29"/>
+      <c r="D47" s="30"/>
+      <c r="E47" s="71"/>
+      <c r="F47" s="70"/>
+      <c r="G47" s="32"/>
+      <c r="H47" s="29"/>
+      <c r="I47" s="31"/>
+      <c r="O47" s="5"/>
+      <c r="P47" s="5"/>
+      <c r="Q47" s="5"/>
+      <c r="R47" s="5"/>
+      <c r="S47" s="5"/>
+      <c r="T47" s="5"/>
+      <c r="U47" s="5"/>
+      <c r="V47" s="5"/>
+    </row>
+    <row r="48" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A48" s="43">
         <v>38</v>
       </c>
-      <c r="B48" s="62"/>
-[...20 lines deleted...]
-      <c r="A49" s="50">
+      <c r="B48" s="54"/>
+      <c r="C48" s="29"/>
+      <c r="D48" s="30"/>
+      <c r="E48" s="71"/>
+      <c r="F48" s="70"/>
+      <c r="G48" s="32"/>
+      <c r="H48" s="29"/>
+      <c r="I48" s="31"/>
+      <c r="O48" s="5"/>
+      <c r="P48" s="5"/>
+      <c r="Q48" s="5"/>
+      <c r="R48" s="5"/>
+      <c r="S48" s="5"/>
+      <c r="T48" s="5"/>
+      <c r="U48" s="5"/>
+      <c r="V48" s="5"/>
+    </row>
+    <row r="49" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A49" s="43">
         <v>39</v>
       </c>
-      <c r="B49" s="62"/>
-[...20 lines deleted...]
-      <c r="A50" s="50">
+      <c r="B49" s="54"/>
+      <c r="C49" s="29"/>
+      <c r="D49" s="30"/>
+      <c r="E49" s="71"/>
+      <c r="F49" s="70"/>
+      <c r="G49" s="32"/>
+      <c r="H49" s="29"/>
+      <c r="I49" s="31"/>
+      <c r="O49" s="5"/>
+      <c r="P49" s="5"/>
+      <c r="Q49" s="5"/>
+      <c r="R49" s="5"/>
+      <c r="S49" s="5"/>
+      <c r="T49" s="5"/>
+      <c r="U49" s="5"/>
+      <c r="V49" s="5"/>
+    </row>
+    <row r="50" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A50" s="43">
         <v>40</v>
       </c>
-      <c r="B50" s="62"/>
-[...20 lines deleted...]
-      <c r="A51" s="50">
+      <c r="B50" s="54"/>
+      <c r="C50" s="29"/>
+      <c r="D50" s="30"/>
+      <c r="E50" s="71"/>
+      <c r="F50" s="70"/>
+      <c r="G50" s="32"/>
+      <c r="H50" s="29"/>
+      <c r="I50" s="31"/>
+      <c r="O50" s="5"/>
+      <c r="P50" s="5"/>
+      <c r="Q50" s="5"/>
+      <c r="R50" s="5"/>
+      <c r="S50" s="5"/>
+      <c r="T50" s="5"/>
+      <c r="U50" s="5"/>
+      <c r="V50" s="5"/>
+    </row>
+    <row r="51" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A51" s="43">
         <v>41</v>
       </c>
-      <c r="B51" s="62"/>
-[...20 lines deleted...]
-      <c r="A52" s="50">
+      <c r="B51" s="54"/>
+      <c r="C51" s="29"/>
+      <c r="D51" s="30"/>
+      <c r="E51" s="71"/>
+      <c r="F51" s="70"/>
+      <c r="G51" s="32"/>
+      <c r="H51" s="29"/>
+      <c r="I51" s="31"/>
+      <c r="O51" s="5"/>
+      <c r="P51" s="5"/>
+      <c r="Q51" s="5"/>
+      <c r="R51" s="5"/>
+      <c r="S51" s="5"/>
+      <c r="T51" s="5"/>
+      <c r="U51" s="5"/>
+      <c r="V51" s="5"/>
+    </row>
+    <row r="52" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A52" s="43">
         <v>42</v>
       </c>
-      <c r="B52" s="62"/>
-[...20 lines deleted...]
-      <c r="A53" s="50">
+      <c r="B52" s="54"/>
+      <c r="C52" s="29"/>
+      <c r="D52" s="30"/>
+      <c r="E52" s="71"/>
+      <c r="F52" s="70"/>
+      <c r="G52" s="32"/>
+      <c r="H52" s="29"/>
+      <c r="I52" s="31"/>
+      <c r="O52" s="5"/>
+      <c r="P52" s="5"/>
+      <c r="Q52" s="5"/>
+      <c r="R52" s="5"/>
+      <c r="S52" s="5"/>
+      <c r="T52" s="5"/>
+      <c r="U52" s="5"/>
+      <c r="V52" s="5"/>
+    </row>
+    <row r="53" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A53" s="43">
         <v>43</v>
       </c>
-      <c r="B53" s="62"/>
-[...20 lines deleted...]
-      <c r="A54" s="50">
+      <c r="B53" s="54"/>
+      <c r="C53" s="29"/>
+      <c r="D53" s="30"/>
+      <c r="E53" s="71"/>
+      <c r="F53" s="70"/>
+      <c r="G53" s="32"/>
+      <c r="H53" s="29"/>
+      <c r="I53" s="31"/>
+      <c r="O53" s="5"/>
+      <c r="P53" s="5"/>
+      <c r="Q53" s="5"/>
+      <c r="R53" s="5"/>
+      <c r="S53" s="5"/>
+      <c r="T53" s="5"/>
+      <c r="U53" s="5"/>
+      <c r="V53" s="5"/>
+    </row>
+    <row r="54" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A54" s="43">
         <v>44</v>
       </c>
-      <c r="B54" s="62"/>
-[...20 lines deleted...]
-      <c r="A55" s="50">
+      <c r="B54" s="54"/>
+      <c r="C54" s="29"/>
+      <c r="D54" s="30"/>
+      <c r="E54" s="71"/>
+      <c r="F54" s="70"/>
+      <c r="G54" s="32"/>
+      <c r="H54" s="29"/>
+      <c r="I54" s="31"/>
+      <c r="O54" s="5"/>
+      <c r="P54" s="5"/>
+      <c r="Q54" s="5"/>
+      <c r="R54" s="5"/>
+      <c r="S54" s="5"/>
+      <c r="T54" s="5"/>
+      <c r="U54" s="5"/>
+      <c r="V54" s="5"/>
+    </row>
+    <row r="55" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A55" s="43">
         <v>45</v>
       </c>
-      <c r="B55" s="62"/>
-[...20 lines deleted...]
-      <c r="A56" s="50">
+      <c r="B55" s="54"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="30"/>
+      <c r="E55" s="71"/>
+      <c r="F55" s="70"/>
+      <c r="G55" s="32"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="31"/>
+      <c r="O55" s="5"/>
+      <c r="P55" s="5"/>
+      <c r="Q55" s="5"/>
+      <c r="R55" s="5"/>
+      <c r="S55" s="5"/>
+      <c r="T55" s="5"/>
+      <c r="U55" s="5"/>
+      <c r="V55" s="5"/>
+    </row>
+    <row r="56" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A56" s="43">
         <v>46</v>
       </c>
-      <c r="B56" s="62"/>
-[...20 lines deleted...]
-      <c r="A57" s="50">
+      <c r="B56" s="54"/>
+      <c r="C56" s="29"/>
+      <c r="D56" s="30"/>
+      <c r="E56" s="71"/>
+      <c r="F56" s="70"/>
+      <c r="G56" s="32"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="31"/>
+      <c r="O56" s="5"/>
+      <c r="P56" s="5"/>
+      <c r="Q56" s="5"/>
+      <c r="R56" s="5"/>
+      <c r="S56" s="5"/>
+      <c r="T56" s="5"/>
+      <c r="U56" s="5"/>
+      <c r="V56" s="5"/>
+    </row>
+    <row r="57" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A57" s="43">
         <v>47</v>
       </c>
-      <c r="B57" s="62"/>
-[...20 lines deleted...]
-      <c r="A58" s="50">
+      <c r="B57" s="54"/>
+      <c r="C57" s="29"/>
+      <c r="D57" s="30"/>
+      <c r="E57" s="71"/>
+      <c r="F57" s="70"/>
+      <c r="G57" s="32"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="31"/>
+      <c r="O57" s="5"/>
+      <c r="P57" s="5"/>
+      <c r="Q57" s="5"/>
+      <c r="R57" s="5"/>
+      <c r="S57" s="5"/>
+      <c r="T57" s="5"/>
+      <c r="U57" s="5"/>
+      <c r="V57" s="5"/>
+    </row>
+    <row r="58" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A58" s="43">
         <v>48</v>
       </c>
-      <c r="B58" s="62"/>
-[...20 lines deleted...]
-      <c r="A59" s="50">
+      <c r="B58" s="54"/>
+      <c r="C58" s="29"/>
+      <c r="D58" s="30"/>
+      <c r="E58" s="71"/>
+      <c r="F58" s="70"/>
+      <c r="G58" s="32"/>
+      <c r="H58" s="29"/>
+      <c r="I58" s="31"/>
+      <c r="O58" s="5"/>
+      <c r="P58" s="5"/>
+      <c r="Q58" s="5"/>
+      <c r="R58" s="5"/>
+      <c r="S58" s="5"/>
+      <c r="T58" s="5"/>
+      <c r="U58" s="5"/>
+      <c r="V58" s="5"/>
+    </row>
+    <row r="59" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A59" s="43">
         <v>49</v>
       </c>
-      <c r="B59" s="62"/>
-[...20 lines deleted...]
-      <c r="A60" s="50">
+      <c r="B59" s="54"/>
+      <c r="C59" s="29"/>
+      <c r="D59" s="30"/>
+      <c r="E59" s="71"/>
+      <c r="F59" s="70"/>
+      <c r="G59" s="32"/>
+      <c r="H59" s="29"/>
+      <c r="I59" s="31"/>
+      <c r="O59" s="5"/>
+      <c r="P59" s="5"/>
+      <c r="Q59" s="5"/>
+      <c r="R59" s="5"/>
+      <c r="S59" s="5"/>
+      <c r="T59" s="5"/>
+      <c r="U59" s="5"/>
+      <c r="V59" s="5"/>
+    </row>
+    <row r="60" spans="1:22" customFormat="1" ht="19" x14ac:dyDescent="0.2">
+      <c r="A60" s="43">
         <v>50</v>
       </c>
-      <c r="B60" s="62"/>
-[...19 lines deleted...]
-    <row r="61" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="B60" s="54"/>
+      <c r="C60" s="29"/>
+      <c r="D60" s="30"/>
+      <c r="E60" s="71"/>
+      <c r="F60" s="70"/>
+      <c r="G60" s="32"/>
+      <c r="H60" s="29"/>
+      <c r="I60" s="31"/>
+      <c r="O60" s="5"/>
+      <c r="P60" s="5"/>
+      <c r="Q60" s="5"/>
+      <c r="R60" s="5"/>
+      <c r="S60" s="5"/>
+      <c r="T60" s="5"/>
+      <c r="U60" s="5"/>
+      <c r="V60" s="5"/>
+    </row>
+    <row r="61" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
-      <c r="E61" s="2"/>
-[...16 lines deleted...]
-    <row r="62" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E61" s="5"/>
+      <c r="F61" s="5"/>
+      <c r="G61" s="5"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+      <c r="O61" s="5"/>
+      <c r="P61" s="5"/>
+      <c r="Q61" s="5"/>
+      <c r="R61" s="5"/>
+      <c r="S61" s="5"/>
+      <c r="T61" s="5"/>
+      <c r="U61" s="5"/>
+      <c r="V61" s="5"/>
+    </row>
+    <row r="62" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
-      <c r="E62" s="2"/>
-[...16 lines deleted...]
-    <row r="63" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E62" s="5"/>
+      <c r="F62" s="5"/>
+      <c r="G62" s="5"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+      <c r="O62" s="5"/>
+      <c r="P62" s="5"/>
+      <c r="Q62" s="5"/>
+      <c r="R62" s="5"/>
+      <c r="S62" s="5"/>
+      <c r="T62" s="5"/>
+      <c r="U62" s="5"/>
+      <c r="V62" s="5"/>
+    </row>
+    <row r="63" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
-      <c r="E63" s="2"/>
-[...16 lines deleted...]
-    <row r="64" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="O63" s="5"/>
+      <c r="P63" s="5"/>
+      <c r="Q63" s="5"/>
+      <c r="R63" s="5"/>
+      <c r="S63" s="5"/>
+      <c r="T63" s="5"/>
+      <c r="U63" s="5"/>
+      <c r="V63" s="5"/>
+    </row>
+    <row r="64" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
-      <c r="E64" s="2"/>
-[...16 lines deleted...]
-    <row r="65" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E64" s="5"/>
+      <c r="F64" s="5"/>
+      <c r="G64" s="5"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+      <c r="O64" s="5"/>
+      <c r="P64" s="5"/>
+      <c r="Q64" s="5"/>
+      <c r="R64" s="5"/>
+      <c r="S64" s="5"/>
+      <c r="T64" s="5"/>
+      <c r="U64" s="5"/>
+      <c r="V64" s="5"/>
+    </row>
+    <row r="65" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
-      <c r="E65" s="2"/>
-[...16 lines deleted...]
-    <row r="66" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E65" s="5"/>
+      <c r="F65" s="5"/>
+      <c r="G65" s="5"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+      <c r="O65" s="5"/>
+      <c r="P65" s="5"/>
+      <c r="Q65" s="5"/>
+      <c r="R65" s="5"/>
+      <c r="S65" s="5"/>
+      <c r="T65" s="5"/>
+      <c r="U65" s="5"/>
+      <c r="V65" s="5"/>
+    </row>
+    <row r="66" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
-      <c r="E66" s="2"/>
-[...16 lines deleted...]
-    <row r="67" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E66" s="5"/>
+      <c r="F66" s="5"/>
+      <c r="G66" s="5"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+      <c r="O66" s="5"/>
+      <c r="P66" s="5"/>
+      <c r="Q66" s="5"/>
+      <c r="R66" s="5"/>
+      <c r="S66" s="5"/>
+      <c r="T66" s="5"/>
+      <c r="U66" s="5"/>
+      <c r="V66" s="5"/>
+    </row>
+    <row r="67" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
-      <c r="E67" s="2"/>
-[...16 lines deleted...]
-    <row r="68" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E67" s="5"/>
+      <c r="F67" s="5"/>
+      <c r="G67" s="5"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="O67" s="5"/>
+      <c r="P67" s="5"/>
+      <c r="Q67" s="5"/>
+      <c r="R67" s="5"/>
+      <c r="S67" s="5"/>
+      <c r="T67" s="5"/>
+      <c r="U67" s="5"/>
+      <c r="V67" s="5"/>
+    </row>
+    <row r="68" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="2"/>
-      <c r="E68" s="2"/>
-[...16 lines deleted...]
-    <row r="69" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E68" s="5"/>
+      <c r="F68" s="5"/>
+      <c r="G68" s="5"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+      <c r="O68" s="5"/>
+      <c r="P68" s="5"/>
+      <c r="Q68" s="5"/>
+      <c r="R68" s="5"/>
+      <c r="S68" s="5"/>
+      <c r="T68" s="5"/>
+      <c r="U68" s="5"/>
+      <c r="V68" s="5"/>
+    </row>
+    <row r="69" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
-      <c r="E69" s="2"/>
-[...16 lines deleted...]
-    <row r="70" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E69" s="5"/>
+      <c r="F69" s="5"/>
+      <c r="G69" s="5"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+      <c r="O69" s="5"/>
+      <c r="P69" s="5"/>
+      <c r="Q69" s="5"/>
+      <c r="R69" s="5"/>
+      <c r="S69" s="5"/>
+      <c r="T69" s="5"/>
+      <c r="U69" s="5"/>
+      <c r="V69" s="5"/>
+    </row>
+    <row r="70" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
-      <c r="E70" s="2"/>
-[...16 lines deleted...]
-    <row r="71" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E70" s="5"/>
+      <c r="F70" s="5"/>
+      <c r="G70" s="5"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+      <c r="O70" s="5"/>
+      <c r="P70" s="5"/>
+      <c r="Q70" s="5"/>
+      <c r="R70" s="5"/>
+      <c r="S70" s="5"/>
+      <c r="T70" s="5"/>
+      <c r="U70" s="5"/>
+      <c r="V70" s="5"/>
+    </row>
+    <row r="71" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="2"/>
-      <c r="E71" s="2"/>
-[...16 lines deleted...]
-    <row r="72" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E71" s="5"/>
+      <c r="F71" s="5"/>
+      <c r="G71" s="5"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+      <c r="O71" s="5"/>
+      <c r="P71" s="5"/>
+      <c r="Q71" s="5"/>
+      <c r="R71" s="5"/>
+      <c r="S71" s="5"/>
+      <c r="T71" s="5"/>
+      <c r="U71" s="5"/>
+      <c r="V71" s="5"/>
+    </row>
+    <row r="72" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
-      <c r="E72" s="2"/>
-[...16 lines deleted...]
-    <row r="73" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E72" s="5"/>
+      <c r="F72" s="5"/>
+      <c r="G72" s="5"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="O72" s="5"/>
+      <c r="P72" s="5"/>
+      <c r="Q72" s="5"/>
+      <c r="R72" s="5"/>
+      <c r="S72" s="5"/>
+      <c r="T72" s="5"/>
+      <c r="U72" s="5"/>
+      <c r="V72" s="5"/>
+    </row>
+    <row r="73" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
-      <c r="E73" s="2"/>
-[...16 lines deleted...]
-    <row r="74" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E73" s="5"/>
+      <c r="F73" s="5"/>
+      <c r="G73" s="5"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+      <c r="O73" s="5"/>
+      <c r="P73" s="5"/>
+      <c r="Q73" s="5"/>
+      <c r="R73" s="5"/>
+      <c r="S73" s="5"/>
+      <c r="T73" s="5"/>
+      <c r="U73" s="5"/>
+      <c r="V73" s="5"/>
+    </row>
+    <row r="74" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
-      <c r="E74" s="2"/>
-[...16 lines deleted...]
-    <row r="75" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E74" s="5"/>
+      <c r="F74" s="5"/>
+      <c r="G74" s="5"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+      <c r="O74" s="5"/>
+      <c r="P74" s="5"/>
+      <c r="Q74" s="5"/>
+      <c r="R74" s="5"/>
+      <c r="S74" s="5"/>
+      <c r="T74" s="5"/>
+      <c r="U74" s="5"/>
+      <c r="V74" s="5"/>
+    </row>
+    <row r="75" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
-      <c r="E75" s="2"/>
-[...16 lines deleted...]
-    <row r="76" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E75" s="5"/>
+      <c r="F75" s="5"/>
+      <c r="G75" s="5"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
+      <c r="O75" s="5"/>
+      <c r="P75" s="5"/>
+      <c r="Q75" s="5"/>
+      <c r="R75" s="5"/>
+      <c r="S75" s="5"/>
+      <c r="T75" s="5"/>
+      <c r="U75" s="5"/>
+      <c r="V75" s="5"/>
+    </row>
+    <row r="76" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
-      <c r="E76" s="2"/>
-[...16 lines deleted...]
-    <row r="77" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E76" s="5"/>
+      <c r="F76" s="5"/>
+      <c r="G76" s="5"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
+      <c r="O76" s="5"/>
+      <c r="P76" s="5"/>
+      <c r="Q76" s="5"/>
+      <c r="R76" s="5"/>
+      <c r="S76" s="5"/>
+      <c r="T76" s="5"/>
+      <c r="U76" s="5"/>
+      <c r="V76" s="5"/>
+    </row>
+    <row r="77" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
-      <c r="E77" s="2"/>
-[...16 lines deleted...]
-    <row r="78" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E77" s="5"/>
+      <c r="F77" s="5"/>
+      <c r="G77" s="5"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
+      <c r="O77" s="5"/>
+      <c r="P77" s="5"/>
+      <c r="Q77" s="5"/>
+      <c r="R77" s="5"/>
+      <c r="S77" s="5"/>
+      <c r="T77" s="5"/>
+      <c r="U77" s="5"/>
+      <c r="V77" s="5"/>
+    </row>
+    <row r="78" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="2"/>
-      <c r="E78" s="2"/>
-[...16 lines deleted...]
-    <row r="79" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E78" s="5"/>
+      <c r="F78" s="5"/>
+      <c r="G78" s="5"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
+      <c r="O78" s="5"/>
+      <c r="P78" s="5"/>
+      <c r="Q78" s="5"/>
+      <c r="R78" s="5"/>
+      <c r="S78" s="5"/>
+      <c r="T78" s="5"/>
+      <c r="U78" s="5"/>
+      <c r="V78" s="5"/>
+    </row>
+    <row r="79" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="2"/>
-      <c r="E79" s="2"/>
-[...16 lines deleted...]
-    <row r="80" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E79" s="5"/>
+      <c r="F79" s="5"/>
+      <c r="G79" s="5"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
+      <c r="O79" s="5"/>
+      <c r="P79" s="5"/>
+      <c r="Q79" s="5"/>
+      <c r="R79" s="5"/>
+      <c r="S79" s="5"/>
+      <c r="T79" s="5"/>
+      <c r="U79" s="5"/>
+      <c r="V79" s="5"/>
+    </row>
+    <row r="80" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
-      <c r="E80" s="2"/>
-[...16 lines deleted...]
-    <row r="81" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E80" s="5"/>
+      <c r="F80" s="5"/>
+      <c r="G80" s="5"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="O80" s="5"/>
+      <c r="P80" s="5"/>
+      <c r="Q80" s="5"/>
+      <c r="R80" s="5"/>
+      <c r="S80" s="5"/>
+      <c r="T80" s="5"/>
+      <c r="U80" s="5"/>
+      <c r="V80" s="5"/>
+    </row>
+    <row r="81" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="2"/>
-      <c r="E81" s="2"/>
-[...16 lines deleted...]
-    <row r="82" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E81" s="5"/>
+      <c r="F81" s="5"/>
+      <c r="G81" s="5"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+      <c r="O81" s="5"/>
+      <c r="P81" s="5"/>
+      <c r="Q81" s="5"/>
+      <c r="R81" s="5"/>
+      <c r="S81" s="5"/>
+      <c r="T81" s="5"/>
+      <c r="U81" s="5"/>
+      <c r="V81" s="5"/>
+    </row>
+    <row r="82" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
-      <c r="E82" s="2"/>
-[...16 lines deleted...]
-    <row r="83" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E82" s="5"/>
+      <c r="F82" s="5"/>
+      <c r="G82" s="5"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+      <c r="O82" s="5"/>
+      <c r="P82" s="5"/>
+      <c r="Q82" s="5"/>
+      <c r="R82" s="5"/>
+      <c r="S82" s="5"/>
+      <c r="T82" s="5"/>
+      <c r="U82" s="5"/>
+      <c r="V82" s="5"/>
+    </row>
+    <row r="83" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
-      <c r="E83" s="2"/>
-[...16 lines deleted...]
-    <row r="84" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E83" s="5"/>
+      <c r="F83" s="5"/>
+      <c r="G83" s="5"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
+      <c r="O83" s="5"/>
+      <c r="P83" s="5"/>
+      <c r="Q83" s="5"/>
+      <c r="R83" s="5"/>
+      <c r="S83" s="5"/>
+      <c r="T83" s="5"/>
+      <c r="U83" s="5"/>
+      <c r="V83" s="5"/>
+    </row>
+    <row r="84" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
-      <c r="E84" s="2"/>
-[...16 lines deleted...]
-    <row r="85" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E84" s="5"/>
+      <c r="F84" s="5"/>
+      <c r="G84" s="5"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+      <c r="O84" s="5"/>
+      <c r="P84" s="5"/>
+      <c r="Q84" s="5"/>
+      <c r="R84" s="5"/>
+      <c r="S84" s="5"/>
+      <c r="T84" s="5"/>
+      <c r="U84" s="5"/>
+      <c r="V84" s="5"/>
+    </row>
+    <row r="85" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
-      <c r="E85" s="2"/>
-[...16 lines deleted...]
-    <row r="86" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E85" s="5"/>
+      <c r="F85" s="5"/>
+      <c r="G85" s="5"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+      <c r="O85" s="5"/>
+      <c r="P85" s="5"/>
+      <c r="Q85" s="5"/>
+      <c r="R85" s="5"/>
+      <c r="S85" s="5"/>
+      <c r="T85" s="5"/>
+      <c r="U85" s="5"/>
+      <c r="V85" s="5"/>
+    </row>
+    <row r="86" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
-      <c r="E86" s="2"/>
-[...16 lines deleted...]
-    <row r="87" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E86" s="5"/>
+      <c r="F86" s="5"/>
+      <c r="G86" s="5"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+      <c r="O86" s="5"/>
+      <c r="P86" s="5"/>
+      <c r="Q86" s="5"/>
+      <c r="R86" s="5"/>
+      <c r="S86" s="5"/>
+      <c r="T86" s="5"/>
+      <c r="U86" s="5"/>
+      <c r="V86" s="5"/>
+    </row>
+    <row r="87" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="2"/>
-      <c r="E87" s="2"/>
-[...16 lines deleted...]
-    <row r="88" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E87" s="5"/>
+      <c r="F87" s="5"/>
+      <c r="G87" s="5"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
+      <c r="O87" s="5"/>
+      <c r="P87" s="5"/>
+      <c r="Q87" s="5"/>
+      <c r="R87" s="5"/>
+      <c r="S87" s="5"/>
+      <c r="T87" s="5"/>
+      <c r="U87" s="5"/>
+      <c r="V87" s="5"/>
+    </row>
+    <row r="88" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
-      <c r="E88" s="2"/>
-[...16 lines deleted...]
-    <row r="89" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E88" s="5"/>
+      <c r="F88" s="5"/>
+      <c r="G88" s="5"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
+      <c r="O88" s="5"/>
+      <c r="P88" s="5"/>
+      <c r="Q88" s="5"/>
+      <c r="R88" s="5"/>
+      <c r="S88" s="5"/>
+      <c r="T88" s="5"/>
+      <c r="U88" s="5"/>
+      <c r="V88" s="5"/>
+    </row>
+    <row r="89" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
-      <c r="E89" s="2"/>
-[...16 lines deleted...]
-    <row r="90" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E89" s="5"/>
+      <c r="F89" s="5"/>
+      <c r="G89" s="5"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+      <c r="O89" s="5"/>
+      <c r="P89" s="5"/>
+      <c r="Q89" s="5"/>
+      <c r="R89" s="5"/>
+      <c r="S89" s="5"/>
+      <c r="T89" s="5"/>
+      <c r="U89" s="5"/>
+      <c r="V89" s="5"/>
+    </row>
+    <row r="90" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
-      <c r="E90" s="2"/>
-[...16 lines deleted...]
-    <row r="91" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E90" s="5"/>
+      <c r="F90" s="5"/>
+      <c r="G90" s="5"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+      <c r="O90" s="5"/>
+      <c r="P90" s="5"/>
+      <c r="Q90" s="5"/>
+      <c r="R90" s="5"/>
+      <c r="S90" s="5"/>
+      <c r="T90" s="5"/>
+      <c r="U90" s="5"/>
+      <c r="V90" s="5"/>
+    </row>
+    <row r="91" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
-      <c r="E91" s="2"/>
-[...16 lines deleted...]
-    <row r="92" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E91" s="5"/>
+      <c r="F91" s="5"/>
+      <c r="G91" s="5"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
+      <c r="O91" s="5"/>
+      <c r="P91" s="5"/>
+      <c r="Q91" s="5"/>
+      <c r="R91" s="5"/>
+      <c r="S91" s="5"/>
+      <c r="T91" s="5"/>
+      <c r="U91" s="5"/>
+      <c r="V91" s="5"/>
+    </row>
+    <row r="92" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
-      <c r="E92" s="2"/>
-[...16 lines deleted...]
-    <row r="93" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E92" s="5"/>
+      <c r="F92" s="5"/>
+      <c r="G92" s="5"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
+      <c r="O92" s="5"/>
+      <c r="P92" s="5"/>
+      <c r="Q92" s="5"/>
+      <c r="R92" s="5"/>
+      <c r="S92" s="5"/>
+      <c r="T92" s="5"/>
+      <c r="U92" s="5"/>
+      <c r="V92" s="5"/>
+    </row>
+    <row r="93" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
-      <c r="E93" s="2"/>
-[...16 lines deleted...]
-    <row r="94" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E93" s="5"/>
+      <c r="F93" s="5"/>
+      <c r="G93" s="5"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
+      <c r="O93" s="5"/>
+      <c r="P93" s="5"/>
+      <c r="Q93" s="5"/>
+      <c r="R93" s="5"/>
+      <c r="S93" s="5"/>
+      <c r="T93" s="5"/>
+      <c r="U93" s="5"/>
+      <c r="V93" s="5"/>
+    </row>
+    <row r="94" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="2"/>
-      <c r="E94" s="2"/>
-[...16 lines deleted...]
-    <row r="95" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E94" s="5"/>
+      <c r="F94" s="5"/>
+      <c r="G94" s="5"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
+      <c r="O94" s="5"/>
+      <c r="P94" s="5"/>
+      <c r="Q94" s="5"/>
+      <c r="R94" s="5"/>
+      <c r="S94" s="5"/>
+      <c r="T94" s="5"/>
+      <c r="U94" s="5"/>
+      <c r="V94" s="5"/>
+    </row>
+    <row r="95" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
-      <c r="E95" s="2"/>
-[...16 lines deleted...]
-    <row r="96" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E95" s="5"/>
+      <c r="F95" s="5"/>
+      <c r="G95" s="5"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
+      <c r="O95" s="5"/>
+      <c r="P95" s="5"/>
+      <c r="Q95" s="5"/>
+      <c r="R95" s="5"/>
+      <c r="S95" s="5"/>
+      <c r="T95" s="5"/>
+      <c r="U95" s="5"/>
+      <c r="V95" s="5"/>
+    </row>
+    <row r="96" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
-      <c r="E96" s="2"/>
-[...16 lines deleted...]
-    <row r="97" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E96" s="5"/>
+      <c r="F96" s="5"/>
+      <c r="G96" s="5"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
+      <c r="O96" s="5"/>
+      <c r="P96" s="5"/>
+      <c r="Q96" s="5"/>
+      <c r="R96" s="5"/>
+      <c r="S96" s="5"/>
+      <c r="T96" s="5"/>
+      <c r="U96" s="5"/>
+      <c r="V96" s="5"/>
+    </row>
+    <row r="97" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="2"/>
-      <c r="E97" s="2"/>
-[...16 lines deleted...]
-    <row r="98" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E97" s="5"/>
+      <c r="F97" s="5"/>
+      <c r="G97" s="5"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
+      <c r="O97" s="5"/>
+      <c r="P97" s="5"/>
+      <c r="Q97" s="5"/>
+      <c r="R97" s="5"/>
+      <c r="S97" s="5"/>
+      <c r="T97" s="5"/>
+      <c r="U97" s="5"/>
+      <c r="V97" s="5"/>
+    </row>
+    <row r="98" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
-      <c r="E98" s="2"/>
-[...16 lines deleted...]
-    <row r="99" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E98" s="5"/>
+      <c r="F98" s="5"/>
+      <c r="G98" s="5"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
+      <c r="O98" s="5"/>
+      <c r="P98" s="5"/>
+      <c r="Q98" s="5"/>
+      <c r="R98" s="5"/>
+      <c r="S98" s="5"/>
+      <c r="T98" s="5"/>
+      <c r="U98" s="5"/>
+      <c r="V98" s="5"/>
+    </row>
+    <row r="99" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="2"/>
-      <c r="E99" s="2"/>
-[...16 lines deleted...]
-    <row r="100" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E99" s="5"/>
+      <c r="F99" s="5"/>
+      <c r="G99" s="5"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+      <c r="O99" s="5"/>
+      <c r="P99" s="5"/>
+      <c r="Q99" s="5"/>
+      <c r="R99" s="5"/>
+      <c r="S99" s="5"/>
+      <c r="T99" s="5"/>
+      <c r="U99" s="5"/>
+      <c r="V99" s="5"/>
+    </row>
+    <row r="100" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
-      <c r="E100" s="2"/>
-[...16 lines deleted...]
-    <row r="101" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E100" s="5"/>
+      <c r="F100" s="5"/>
+      <c r="G100" s="5"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+      <c r="O100" s="5"/>
+      <c r="P100" s="5"/>
+      <c r="Q100" s="5"/>
+      <c r="R100" s="5"/>
+      <c r="S100" s="5"/>
+      <c r="T100" s="5"/>
+      <c r="U100" s="5"/>
+      <c r="V100" s="5"/>
+    </row>
+    <row r="101" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
-      <c r="E101" s="2"/>
-[...16 lines deleted...]
-    <row r="102" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E101" s="5"/>
+      <c r="F101" s="5"/>
+      <c r="G101" s="5"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+      <c r="O101" s="5"/>
+      <c r="P101" s="5"/>
+      <c r="Q101" s="5"/>
+      <c r="R101" s="5"/>
+      <c r="S101" s="5"/>
+      <c r="T101" s="5"/>
+      <c r="U101" s="5"/>
+      <c r="V101" s="5"/>
+    </row>
+    <row r="102" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
-      <c r="E102" s="2"/>
-[...16 lines deleted...]
-    <row r="103" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E102" s="5"/>
+      <c r="F102" s="5"/>
+      <c r="G102" s="5"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+      <c r="O102" s="5"/>
+      <c r="P102" s="5"/>
+      <c r="Q102" s="5"/>
+      <c r="R102" s="5"/>
+      <c r="S102" s="5"/>
+      <c r="T102" s="5"/>
+      <c r="U102" s="5"/>
+      <c r="V102" s="5"/>
+    </row>
+    <row r="103" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
-      <c r="E103" s="2"/>
-[...16 lines deleted...]
-    <row r="104" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E103" s="5"/>
+      <c r="F103" s="5"/>
+      <c r="G103" s="5"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
+      <c r="O103" s="5"/>
+      <c r="P103" s="5"/>
+      <c r="Q103" s="5"/>
+      <c r="R103" s="5"/>
+      <c r="S103" s="5"/>
+      <c r="T103" s="5"/>
+      <c r="U103" s="5"/>
+      <c r="V103" s="5"/>
+    </row>
+    <row r="104" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
-      <c r="E104" s="2"/>
-[...16 lines deleted...]
-    <row r="105" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E104" s="5"/>
+      <c r="F104" s="5"/>
+      <c r="G104" s="5"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
+      <c r="O104" s="5"/>
+      <c r="P104" s="5"/>
+      <c r="Q104" s="5"/>
+      <c r="R104" s="5"/>
+      <c r="S104" s="5"/>
+      <c r="T104" s="5"/>
+      <c r="U104" s="5"/>
+      <c r="V104" s="5"/>
+    </row>
+    <row r="105" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
-      <c r="E105" s="2"/>
-[...16 lines deleted...]
-    <row r="106" spans="1:20" customFormat="1" ht="13" x14ac:dyDescent="0.15">
+      <c r="E105" s="5"/>
+      <c r="F105" s="5"/>
+      <c r="G105" s="5"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
+      <c r="O105" s="5"/>
+      <c r="P105" s="5"/>
+      <c r="Q105" s="5"/>
+      <c r="R105" s="5"/>
+      <c r="S105" s="5"/>
+      <c r="T105" s="5"/>
+      <c r="U105" s="5"/>
+      <c r="V105" s="5"/>
+    </row>
+    <row r="106" spans="1:22" customFormat="1" ht="13" x14ac:dyDescent="0.15">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
-      <c r="E106" s="2"/>
-[...16 lines deleted...]
-    <row r="107" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E106" s="5"/>
+      <c r="F106" s="5"/>
+      <c r="G106" s="5"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
+      <c r="O106" s="5"/>
+      <c r="P106" s="5"/>
+      <c r="Q106" s="5"/>
+      <c r="R106" s="5"/>
+      <c r="S106" s="5"/>
+      <c r="T106" s="5"/>
+      <c r="U106" s="5"/>
+      <c r="V106" s="5"/>
+    </row>
+    <row r="107" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A107" s="1"/>
       <c r="B107" s="1"/>
       <c r="C107" s="1"/>
       <c r="D107" s="1"/>
-      <c r="E107" s="1"/>
-[...16 lines deleted...]
-    <row r="108" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E107" s="5"/>
+      <c r="F107" s="5"/>
+      <c r="G107" s="5"/>
+      <c r="H107" s="1"/>
+      <c r="I107" s="1"/>
+      <c r="O107" s="5"/>
+      <c r="P107" s="5"/>
+      <c r="Q107" s="5"/>
+      <c r="R107" s="5"/>
+      <c r="S107" s="5"/>
+      <c r="T107" s="5"/>
+      <c r="U107" s="5"/>
+      <c r="V107" s="5"/>
+    </row>
+    <row r="108" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A108" s="1"/>
       <c r="B108" s="1"/>
       <c r="C108" s="1"/>
       <c r="D108" s="1"/>
-      <c r="E108" s="1"/>
-[...16 lines deleted...]
-    <row r="109" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E108" s="5"/>
+      <c r="F108" s="5"/>
+      <c r="G108" s="5"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="1"/>
+      <c r="O108" s="5"/>
+      <c r="P108" s="5"/>
+      <c r="Q108" s="5"/>
+      <c r="R108" s="5"/>
+      <c r="S108" s="5"/>
+      <c r="T108" s="5"/>
+      <c r="U108" s="5"/>
+      <c r="V108" s="5"/>
+    </row>
+    <row r="109" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A109" s="1"/>
       <c r="B109" s="1"/>
       <c r="C109" s="1"/>
       <c r="D109" s="1"/>
-      <c r="E109" s="1"/>
-[...16 lines deleted...]
-    <row r="110" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E109" s="5"/>
+      <c r="F109" s="5"/>
+      <c r="G109" s="5"/>
+      <c r="H109" s="1"/>
+      <c r="I109" s="1"/>
+      <c r="O109" s="5"/>
+      <c r="P109" s="5"/>
+      <c r="Q109" s="5"/>
+      <c r="R109" s="5"/>
+      <c r="S109" s="5"/>
+      <c r="T109" s="5"/>
+      <c r="U109" s="5"/>
+      <c r="V109" s="5"/>
+    </row>
+    <row r="110" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A110" s="1"/>
       <c r="B110" s="1"/>
       <c r="C110" s="1"/>
       <c r="D110" s="1"/>
-      <c r="E110" s="1"/>
-[...16 lines deleted...]
-    <row r="111" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E110" s="5"/>
+      <c r="F110" s="5"/>
+      <c r="G110" s="5"/>
+      <c r="H110" s="1"/>
+      <c r="I110" s="1"/>
+      <c r="O110" s="5"/>
+      <c r="P110" s="5"/>
+      <c r="Q110" s="5"/>
+      <c r="R110" s="5"/>
+      <c r="S110" s="5"/>
+      <c r="T110" s="5"/>
+      <c r="U110" s="5"/>
+      <c r="V110" s="5"/>
+    </row>
+    <row r="111" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
-      <c r="E111" s="1"/>
-[...16 lines deleted...]
-    <row r="112" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E111" s="5"/>
+      <c r="F111" s="5"/>
+      <c r="G111" s="5"/>
+      <c r="H111" s="1"/>
+      <c r="I111" s="1"/>
+      <c r="O111" s="5"/>
+      <c r="P111" s="5"/>
+      <c r="Q111" s="5"/>
+      <c r="R111" s="5"/>
+      <c r="S111" s="5"/>
+      <c r="T111" s="5"/>
+      <c r="U111" s="5"/>
+      <c r="V111" s="5"/>
+    </row>
+    <row r="112" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
-      <c r="E112" s="1"/>
-[...16 lines deleted...]
-    <row r="113" spans="1:20" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E112" s="5"/>
+      <c r="F112" s="5"/>
+      <c r="G112" s="5"/>
+      <c r="H112" s="1"/>
+      <c r="I112" s="1"/>
+      <c r="O112" s="5"/>
+      <c r="P112" s="5"/>
+      <c r="Q112" s="5"/>
+      <c r="R112" s="5"/>
+      <c r="S112" s="5"/>
+      <c r="T112" s="5"/>
+      <c r="U112" s="5"/>
+      <c r="V112" s="5"/>
+    </row>
+    <row r="113" spans="1:22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A113" s="1"/>
       <c r="B113" s="1"/>
       <c r="C113" s="1"/>
       <c r="D113" s="1"/>
-      <c r="E113" s="1"/>
-[...14 lines deleted...]
-      <c r="T113" s="6"/>
+      <c r="E113" s="5"/>
+      <c r="F113" s="5"/>
+      <c r="G113" s="5"/>
+      <c r="H113" s="1"/>
+      <c r="I113" s="1"/>
+      <c r="O113" s="5"/>
+      <c r="P113" s="5"/>
+      <c r="Q113" s="5"/>
+      <c r="R113" s="5"/>
+      <c r="S113" s="5"/>
+      <c r="T113" s="5"/>
+      <c r="U113" s="5"/>
+      <c r="V113" s="5"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="7">
     <mergeCell ref="B9:F9"/>
-    <mergeCell ref="C6:G6"/>
-[...4 lines deleted...]
-    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="C1:I1"/>
+    <mergeCell ref="C2:I2"/>
+    <mergeCell ref="C3:I3"/>
+    <mergeCell ref="C4:I4"/>
+    <mergeCell ref="C5:I5"/>
+    <mergeCell ref="C6:I6"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <dataValidations xWindow="934" yWindow="855" count="6">
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Oligo Name Character Limit" error="Please limit your Oligo Name to 11 characters" sqref="C11:C60" xr:uid="{D0B78985-53F8-4AA2-8CDE-2180C70DFDF9}">
       <formula1>11</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Seq Length Error" error="The maximum length of oligos is 200 residues." sqref="D11:D60" xr:uid="{F9B4B28E-54D7-44A4-A694-5955CAFEC5C7}">
       <formula1>200</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Synthesis Scale Error" error="Please enter a Synthesis Scale only from the drop down list." promptTitle="Synthesis Scale" prompt="Click on the arrowhead to select a Synthesis Scale from the drop down list." sqref="E11:E60" xr:uid="{5066392C-C933-428C-9596-9CC401D59610}">
-[...5 lines deleted...]
-    <dataValidation type="list" showErrorMessage="1" errorTitle="Purification Method Error" error="Please select a Purification Method from the drop down list or leave the field blank." promptTitle="Purification" prompt="Click on the arrowhead to select a Purification Method from the drop down list or leave the field blank." sqref="F12:F20 F22:F60" xr:uid="{15E626A9-525A-4A39-968C-C0E3CDDB2E8A}">
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" errorTitle="Purification Method Error" error="Please select a Purification Method from the drop down list or leave the field blank." promptTitle="Purification" prompt="Click on the arrowhead to select a Purification Method from the drop down list or leave the field blank." sqref="I11:I60" xr:uid="{55054EC9-0E26-438D-BD0A-4B340D57CE01}">
       <formula1>Purif_Meth_list</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" promptTitle="Live Cell or Animal Use" prompt="Please indicate if your oligos will be used in Live Cells or Animals." sqref="G9" xr:uid="{4365CCD0-8F87-9E4E-AC6A-E732274C0535}">
       <formula1>"--,LIVE CELL OR ANIMAL USE"</formula1>
     </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please Use the Drop-down Menu." promptTitle="Is This Oligo Modified?" sqref="F11:F60" xr:uid="{DE5C6D83-81CF-954B-90B3-3CD7193276FC}">
+      <formula1>"Yes,No"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Synthesis Scale Error" error="Please enter a Synthesis Scale only from the drop down list." promptTitle="Synthesis Scale" prompt="Click on the arrowhead to select a Synthesis Scale from the drop down list." sqref="H11:H60" xr:uid="{4FA79CEC-1CCB-9C4F-89D4-05595472985F}">
+      <formula1>IF($E11="","",IF($F11="","",IF(AND($F11="No",$E11&lt;66),Less_Than_66_Res_Unmodified_Synthe_Scale_list,IF(AND($F11="No",$E11&lt;120),Less_Than_120_Res_Unmodified_Synthe_Scale_list,Modified_or_More_than_119_Res_Unmodified_Synth_Scale_list))))</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
-  <tableParts count="3">
+  <tableParts count="4">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
+    <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB1A20D3-4526-5242-A68C-A3EBF519442B}">
   <dimension ref="A1:F128"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="C1" sqref="C1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.1640625" style="1"/>
     <col min="2" max="2" width="13.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="82.5" style="1" customWidth="1"/>
     <col min="5" max="6" width="10.1640625" customWidth="1"/>
     <col min="7" max="7" width="10.1640625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B1" s="31" t="s">
+      <c r="B1" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="99"/>
-      <c r="D1" s="99"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
     </row>
     <row r="2" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B2" s="31" t="s">
-[...3 lines deleted...]
-      <c r="D2" s="99"/>
+      <c r="B2" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
     </row>
     <row r="3" spans="2:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="31" t="s">
+      <c r="B3" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="99"/>
-      <c r="D3" s="99"/>
+      <c r="C3" s="101"/>
+      <c r="D3" s="101"/>
     </row>
     <row r="4" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B4" s="31" t="s">
+      <c r="B4" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="99"/>
-      <c r="D4" s="99"/>
+      <c r="C4" s="101"/>
+      <c r="D4" s="101"/>
     </row>
     <row r="5" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B5" s="31" t="s">
+      <c r="B5" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="99"/>
-      <c r="D5" s="99"/>
+      <c r="C5" s="101"/>
+      <c r="D5" s="101"/>
     </row>
     <row r="6" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B6" s="31" t="s">
+      <c r="B6" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="99"/>
-      <c r="D6" s="99"/>
+      <c r="C6" s="101"/>
+      <c r="D6" s="101"/>
     </row>
     <row r="7" spans="2:6" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="8" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="103" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="105"/>
+      <c r="B8" s="105" t="s">
+        <v>109</v>
+      </c>
+      <c r="C8" s="106"/>
+      <c r="D8" s="107"/>
     </row>
     <row r="9" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="106"/>
-[...1 lines deleted...]
-      <c r="D9" s="108"/>
+      <c r="B9" s="108"/>
+      <c r="C9" s="109"/>
+      <c r="D9" s="110"/>
     </row>
     <row r="11" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B11" s="109" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="111"/>
+      <c r="B11" s="111" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" s="112"/>
+      <c r="D11" s="113"/>
     </row>
     <row r="12" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="32" t="s">
+      <c r="B12" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="100" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="100"/>
+      <c r="C12" s="102" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" s="102"/>
     </row>
     <row r="13" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="32" t="s">
+      <c r="B13" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="101" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="101"/>
+      <c r="C13" s="103" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" s="103"/>
     </row>
     <row r="14" spans="2:6" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="32" t="s">
+      <c r="B14" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="101" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="101"/>
+      <c r="C14" s="103" t="s">
+        <v>136</v>
+      </c>
+      <c r="D14" s="103"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="32" t="s">
+      <c r="B15" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="102" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="102"/>
+      <c r="C15" s="104" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="104"/>
     </row>
     <row r="16" spans="2:6" ht="20" x14ac:dyDescent="0.2">
-      <c r="C16" s="42" t="s">
+      <c r="C16" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="D16" s="41"/>
+      <c r="D16" s="36"/>
     </row>
     <row r="17" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" spans="1:4" ht="68" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="33" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="46" t="s">
+      <c r="A18" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" s="53" t="s">
+        <v>180</v>
+      </c>
+      <c r="C18" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="45" t="s">
+      <c r="D18" s="39" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="40">
+      <c r="A19" s="35">
         <v>1</v>
       </c>
-      <c r="B19" s="40"/>
-[...1 lines deleted...]
-      <c r="D19" s="39"/>
+      <c r="B19" s="35"/>
+      <c r="C19" s="35"/>
+      <c r="D19" s="34"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="40">
+      <c r="A20" s="35">
         <v>2</v>
       </c>
-      <c r="B20" s="40"/>
-[...1 lines deleted...]
-      <c r="D20" s="39"/>
+      <c r="B20" s="35"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="34"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="40">
+      <c r="A21" s="35">
         <v>3</v>
       </c>
-      <c r="B21" s="40"/>
-[...1 lines deleted...]
-      <c r="D21" s="39"/>
+      <c r="B21" s="35"/>
+      <c r="C21" s="35"/>
+      <c r="D21" s="34"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="40">
+      <c r="A22" s="35">
         <v>4</v>
       </c>
-      <c r="B22" s="40"/>
-[...1 lines deleted...]
-      <c r="D22" s="39"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="34"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="40">
+      <c r="A23" s="35">
         <v>5</v>
       </c>
-      <c r="B23" s="40"/>
-[...1 lines deleted...]
-      <c r="D23" s="39"/>
+      <c r="B23" s="35"/>
+      <c r="C23" s="35"/>
+      <c r="D23" s="34"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A24" s="40">
+      <c r="A24" s="35">
         <v>6</v>
       </c>
-      <c r="B24" s="40"/>
-[...1 lines deleted...]
-      <c r="D24" s="39"/>
+      <c r="B24" s="35"/>
+      <c r="C24" s="35"/>
+      <c r="D24" s="34"/>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="40">
+      <c r="A25" s="35">
         <v>7</v>
       </c>
-      <c r="B25" s="40"/>
-[...1 lines deleted...]
-      <c r="D25" s="39"/>
+      <c r="B25" s="35"/>
+      <c r="C25" s="35"/>
+      <c r="D25" s="34"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="40">
+      <c r="A26" s="35">
         <v>8</v>
       </c>
-      <c r="B26" s="40"/>
-[...1 lines deleted...]
-      <c r="D26" s="39"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="34"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="40">
+      <c r="A27" s="35">
         <v>9</v>
       </c>
-      <c r="B27" s="40"/>
-[...1 lines deleted...]
-      <c r="D27" s="39"/>
+      <c r="B27" s="35"/>
+      <c r="C27" s="35"/>
+      <c r="D27" s="34"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A28" s="40">
+      <c r="A28" s="35">
         <v>10</v>
       </c>
-      <c r="B28" s="40"/>
-[...1 lines deleted...]
-      <c r="D28" s="39"/>
+      <c r="B28" s="35"/>
+      <c r="C28" s="35"/>
+      <c r="D28" s="34"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A29" s="40">
+      <c r="A29" s="35">
         <v>11</v>
       </c>
-      <c r="B29" s="40"/>
-[...1 lines deleted...]
-      <c r="D29" s="39"/>
+      <c r="B29" s="35"/>
+      <c r="C29" s="35"/>
+      <c r="D29" s="34"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="40">
+      <c r="A30" s="35">
         <v>12</v>
       </c>
-      <c r="B30" s="40"/>
-[...1 lines deleted...]
-      <c r="D30" s="39"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="34"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="40">
+      <c r="A31" s="35">
         <v>13</v>
       </c>
-      <c r="B31" s="40"/>
-[...1 lines deleted...]
-      <c r="D31" s="39"/>
+      <c r="B31" s="35"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="34"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A32" s="40">
+      <c r="A32" s="35">
         <v>14</v>
       </c>
-      <c r="B32" s="40"/>
-[...1 lines deleted...]
-      <c r="D32" s="39"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="D32" s="34"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="40">
+      <c r="A33" s="35">
         <v>15</v>
       </c>
-      <c r="B33" s="40"/>
-[...1 lines deleted...]
-      <c r="D33" s="39"/>
+      <c r="B33" s="35"/>
+      <c r="C33" s="35"/>
+      <c r="D33" s="34"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="40">
+      <c r="A34" s="35">
         <v>16</v>
       </c>
-      <c r="B34" s="40"/>
-[...1 lines deleted...]
-      <c r="D34" s="39"/>
+      <c r="B34" s="35"/>
+      <c r="C34" s="35"/>
+      <c r="D34" s="34"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="40">
+      <c r="A35" s="35">
         <v>17</v>
       </c>
-      <c r="B35" s="40"/>
-[...1 lines deleted...]
-      <c r="D35" s="39"/>
+      <c r="B35" s="35"/>
+      <c r="C35" s="35"/>
+      <c r="D35" s="34"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="40">
+      <c r="A36" s="35">
         <v>18</v>
       </c>
-      <c r="B36" s="40"/>
-[...1 lines deleted...]
-      <c r="D36" s="39"/>
+      <c r="B36" s="35"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="34"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="40">
+      <c r="A37" s="35">
         <v>19</v>
       </c>
-      <c r="B37" s="40"/>
-[...1 lines deleted...]
-      <c r="D37" s="39"/>
+      <c r="B37" s="35"/>
+      <c r="C37" s="35"/>
+      <c r="D37" s="34"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="40">
+      <c r="A38" s="35">
         <v>20</v>
       </c>
-      <c r="B38" s="40"/>
-[...1 lines deleted...]
-      <c r="D38" s="39"/>
+      <c r="B38" s="35"/>
+      <c r="C38" s="35"/>
+      <c r="D38" s="34"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="40">
+      <c r="A39" s="35">
         <v>21</v>
       </c>
-      <c r="B39" s="40"/>
-[...1 lines deleted...]
-      <c r="D39" s="39"/>
+      <c r="B39" s="35"/>
+      <c r="C39" s="35"/>
+      <c r="D39" s="34"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="40">
+      <c r="A40" s="35">
         <v>22</v>
       </c>
-      <c r="B40" s="40"/>
-[...1 lines deleted...]
-      <c r="D40" s="39"/>
+      <c r="B40" s="35"/>
+      <c r="C40" s="35"/>
+      <c r="D40" s="34"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="40">
+      <c r="A41" s="35">
         <v>23</v>
       </c>
-      <c r="B41" s="40"/>
-[...1 lines deleted...]
-      <c r="D41" s="39"/>
+      <c r="B41" s="35"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="34"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="40">
+      <c r="A42" s="35">
         <v>24</v>
       </c>
-      <c r="B42" s="40"/>
-[...1 lines deleted...]
-      <c r="D42" s="39"/>
+      <c r="B42" s="35"/>
+      <c r="C42" s="35"/>
+      <c r="D42" s="34"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="40">
+      <c r="A43" s="35">
         <v>25</v>
       </c>
-      <c r="B43" s="40"/>
-[...1 lines deleted...]
-      <c r="D43" s="39"/>
+      <c r="B43" s="35"/>
+      <c r="C43" s="35"/>
+      <c r="D43" s="34"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="40">
+      <c r="A44" s="35">
         <v>26</v>
       </c>
-      <c r="B44" s="40"/>
-[...1 lines deleted...]
-      <c r="D44" s="39"/>
+      <c r="B44" s="35"/>
+      <c r="C44" s="35"/>
+      <c r="D44" s="34"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="40">
+      <c r="A45" s="35">
         <v>27</v>
       </c>
-      <c r="B45" s="40"/>
-[...1 lines deleted...]
-      <c r="D45" s="39"/>
+      <c r="B45" s="35"/>
+      <c r="C45" s="35"/>
+      <c r="D45" s="34"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="40">
+      <c r="A46" s="35">
         <v>28</v>
       </c>
-      <c r="B46" s="40"/>
-[...1 lines deleted...]
-      <c r="D46" s="39"/>
+      <c r="B46" s="35"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="34"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="40">
+      <c r="A47" s="35">
         <v>29</v>
       </c>
-      <c r="B47" s="40"/>
-[...1 lines deleted...]
-      <c r="D47" s="39"/>
+      <c r="B47" s="35"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="34"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="40">
+      <c r="A48" s="35">
         <v>30</v>
       </c>
-      <c r="B48" s="40"/>
-[...1 lines deleted...]
-      <c r="D48" s="39"/>
+      <c r="B48" s="35"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="34"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="40">
+      <c r="A49" s="35">
         <v>31</v>
       </c>
-      <c r="B49" s="40"/>
-[...1 lines deleted...]
-      <c r="D49" s="39"/>
+      <c r="B49" s="35"/>
+      <c r="C49" s="35"/>
+      <c r="D49" s="34"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="40">
+      <c r="A50" s="35">
         <v>32</v>
       </c>
-      <c r="B50" s="40"/>
-[...1 lines deleted...]
-      <c r="D50" s="39"/>
+      <c r="B50" s="35"/>
+      <c r="C50" s="35"/>
+      <c r="D50" s="34"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="40">
+      <c r="A51" s="35">
         <v>33</v>
       </c>
-      <c r="B51" s="40"/>
-[...1 lines deleted...]
-      <c r="D51" s="39"/>
+      <c r="B51" s="35"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="34"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="40">
+      <c r="A52" s="35">
         <v>34</v>
       </c>
-      <c r="B52" s="40"/>
-[...1 lines deleted...]
-      <c r="D52" s="39"/>
+      <c r="B52" s="35"/>
+      <c r="C52" s="35"/>
+      <c r="D52" s="34"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="40">
+      <c r="A53" s="35">
         <v>35</v>
       </c>
-      <c r="B53" s="40"/>
-[...1 lines deleted...]
-      <c r="D53" s="39"/>
+      <c r="B53" s="35"/>
+      <c r="C53" s="35"/>
+      <c r="D53" s="34"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="40">
+      <c r="A54" s="35">
         <v>36</v>
       </c>
-      <c r="B54" s="40"/>
-[...1 lines deleted...]
-      <c r="D54" s="39"/>
+      <c r="B54" s="35"/>
+      <c r="C54" s="35"/>
+      <c r="D54" s="34"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="40">
+      <c r="A55" s="35">
         <v>37</v>
       </c>
-      <c r="B55" s="40"/>
-[...1 lines deleted...]
-      <c r="D55" s="39"/>
+      <c r="B55" s="35"/>
+      <c r="C55" s="35"/>
+      <c r="D55" s="34"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="40">
+      <c r="A56" s="35">
         <v>38</v>
       </c>
-      <c r="B56" s="40"/>
-[...1 lines deleted...]
-      <c r="D56" s="39"/>
+      <c r="B56" s="35"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="34"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="40">
+      <c r="A57" s="35">
         <v>39</v>
       </c>
-      <c r="B57" s="40"/>
-[...1 lines deleted...]
-      <c r="D57" s="39"/>
+      <c r="B57" s="35"/>
+      <c r="C57" s="35"/>
+      <c r="D57" s="34"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="40">
+      <c r="A58" s="35">
         <v>40</v>
       </c>
-      <c r="B58" s="40"/>
-[...1 lines deleted...]
-      <c r="D58" s="39"/>
+      <c r="B58" s="35"/>
+      <c r="C58" s="35"/>
+      <c r="D58" s="34"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="40">
+      <c r="A59" s="35">
         <v>41</v>
       </c>
-      <c r="B59" s="40"/>
-[...1 lines deleted...]
-      <c r="D59" s="39"/>
+      <c r="B59" s="35"/>
+      <c r="C59" s="35"/>
+      <c r="D59" s="34"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="40">
+      <c r="A60" s="35">
         <v>42</v>
       </c>
-      <c r="B60" s="40"/>
-[...1 lines deleted...]
-      <c r="D60" s="39"/>
+      <c r="B60" s="35"/>
+      <c r="C60" s="35"/>
+      <c r="D60" s="34"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="40">
+      <c r="A61" s="35">
         <v>43</v>
       </c>
-      <c r="B61" s="40"/>
-[...1 lines deleted...]
-      <c r="D61" s="39"/>
+      <c r="B61" s="35"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="34"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="40">
+      <c r="A62" s="35">
         <v>44</v>
       </c>
-      <c r="B62" s="40"/>
-[...1 lines deleted...]
-      <c r="D62" s="39"/>
+      <c r="B62" s="35"/>
+      <c r="C62" s="35"/>
+      <c r="D62" s="34"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="40">
+      <c r="A63" s="35">
         <v>45</v>
       </c>
-      <c r="B63" s="40"/>
-[...1 lines deleted...]
-      <c r="D63" s="39"/>
+      <c r="B63" s="35"/>
+      <c r="C63" s="35"/>
+      <c r="D63" s="34"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="40">
+      <c r="A64" s="35">
         <v>46</v>
       </c>
-      <c r="B64" s="40"/>
-[...1 lines deleted...]
-      <c r="D64" s="39"/>
+      <c r="B64" s="35"/>
+      <c r="C64" s="35"/>
+      <c r="D64" s="34"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="40">
+      <c r="A65" s="35">
         <v>47</v>
       </c>
-      <c r="B65" s="40"/>
-[...1 lines deleted...]
-      <c r="D65" s="39"/>
+      <c r="B65" s="35"/>
+      <c r="C65" s="35"/>
+      <c r="D65" s="34"/>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="40">
+      <c r="A66" s="35">
         <v>48</v>
       </c>
-      <c r="B66" s="40"/>
-[...1 lines deleted...]
-      <c r="D66" s="39"/>
+      <c r="B66" s="35"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="34"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="40">
+      <c r="A67" s="35">
         <v>49</v>
       </c>
-      <c r="B67" s="40"/>
-[...1 lines deleted...]
-      <c r="D67" s="39"/>
+      <c r="B67" s="35"/>
+      <c r="C67" s="35"/>
+      <c r="D67" s="34"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="40">
+      <c r="A68" s="35">
         <v>50</v>
       </c>
-      <c r="B68" s="40"/>
-[...1 lines deleted...]
-      <c r="D68" s="39"/>
+      <c r="B68" s="35"/>
+      <c r="C68" s="35"/>
+      <c r="D68" s="34"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="40">
+      <c r="A69" s="35">
         <v>51</v>
       </c>
-      <c r="B69" s="40"/>
-[...1 lines deleted...]
-      <c r="D69" s="39"/>
+      <c r="B69" s="35"/>
+      <c r="C69" s="35"/>
+      <c r="D69" s="34"/>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="40">
+      <c r="A70" s="35">
         <v>52</v>
       </c>
-      <c r="B70" s="40"/>
-[...1 lines deleted...]
-      <c r="D70" s="39"/>
+      <c r="B70" s="35"/>
+      <c r="C70" s="35"/>
+      <c r="D70" s="34"/>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="40">
+      <c r="A71" s="35">
         <v>53</v>
       </c>
-      <c r="B71" s="40"/>
-[...1 lines deleted...]
-      <c r="D71" s="39"/>
+      <c r="B71" s="35"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="34"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="40">
+      <c r="A72" s="35">
         <v>54</v>
       </c>
-      <c r="B72" s="40"/>
-[...1 lines deleted...]
-      <c r="D72" s="39"/>
+      <c r="B72" s="35"/>
+      <c r="C72" s="35"/>
+      <c r="D72" s="34"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="40">
+      <c r="A73" s="35">
         <v>55</v>
       </c>
-      <c r="B73" s="40"/>
-[...1 lines deleted...]
-      <c r="D73" s="39"/>
+      <c r="B73" s="35"/>
+      <c r="C73" s="35"/>
+      <c r="D73" s="34"/>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="40">
+      <c r="A74" s="35">
         <v>56</v>
       </c>
-      <c r="B74" s="40"/>
-[...1 lines deleted...]
-      <c r="D74" s="39"/>
+      <c r="B74" s="35"/>
+      <c r="C74" s="35"/>
+      <c r="D74" s="34"/>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="40">
+      <c r="A75" s="35">
         <v>57</v>
       </c>
-      <c r="B75" s="40"/>
-[...1 lines deleted...]
-      <c r="D75" s="39"/>
+      <c r="B75" s="35"/>
+      <c r="C75" s="35"/>
+      <c r="D75" s="34"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="40">
+      <c r="A76" s="35">
         <v>58</v>
       </c>
-      <c r="B76" s="40"/>
-[...1 lines deleted...]
-      <c r="D76" s="39"/>
+      <c r="B76" s="35"/>
+      <c r="C76" s="35"/>
+      <c r="D76" s="34"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="40">
+      <c r="A77" s="35">
         <v>59</v>
       </c>
-      <c r="B77" s="40"/>
-[...1 lines deleted...]
-      <c r="D77" s="39"/>
+      <c r="B77" s="35"/>
+      <c r="C77" s="35"/>
+      <c r="D77" s="34"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="40">
+      <c r="A78" s="35">
         <v>60</v>
       </c>
-      <c r="B78" s="40"/>
-[...1 lines deleted...]
-      <c r="D78" s="39"/>
+      <c r="B78" s="35"/>
+      <c r="C78" s="35"/>
+      <c r="D78" s="34"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="40">
+      <c r="A79" s="35">
         <v>61</v>
       </c>
-      <c r="B79" s="40"/>
-[...1 lines deleted...]
-      <c r="D79" s="39"/>
+      <c r="B79" s="35"/>
+      <c r="C79" s="35"/>
+      <c r="D79" s="34"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="40">
+      <c r="A80" s="35">
         <v>62</v>
       </c>
-      <c r="B80" s="40"/>
-[...1 lines deleted...]
-      <c r="D80" s="39"/>
+      <c r="B80" s="35"/>
+      <c r="C80" s="35"/>
+      <c r="D80" s="34"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="40">
+      <c r="A81" s="35">
         <v>63</v>
       </c>
-      <c r="B81" s="40"/>
-[...1 lines deleted...]
-      <c r="D81" s="39"/>
+      <c r="B81" s="35"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="34"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="40">
+      <c r="A82" s="35">
         <v>64</v>
       </c>
-      <c r="B82" s="40"/>
-[...1 lines deleted...]
-      <c r="D82" s="39"/>
+      <c r="B82" s="35"/>
+      <c r="C82" s="35"/>
+      <c r="D82" s="34"/>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="40">
+      <c r="A83" s="35">
         <v>65</v>
       </c>
-      <c r="B83" s="40"/>
-[...1 lines deleted...]
-      <c r="D83" s="39"/>
+      <c r="B83" s="35"/>
+      <c r="C83" s="35"/>
+      <c r="D83" s="34"/>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="40">
+      <c r="A84" s="35">
         <v>66</v>
       </c>
-      <c r="B84" s="40"/>
-[...1 lines deleted...]
-      <c r="D84" s="39"/>
+      <c r="B84" s="35"/>
+      <c r="C84" s="35"/>
+      <c r="D84" s="34"/>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="40">
+      <c r="A85" s="35">
         <v>67</v>
       </c>
-      <c r="B85" s="40"/>
-[...1 lines deleted...]
-      <c r="D85" s="39"/>
+      <c r="B85" s="35"/>
+      <c r="C85" s="35"/>
+      <c r="D85" s="34"/>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="40">
+      <c r="A86" s="35">
         <v>68</v>
       </c>
-      <c r="B86" s="40"/>
-[...1 lines deleted...]
-      <c r="D86" s="39"/>
+      <c r="B86" s="35"/>
+      <c r="C86" s="35"/>
+      <c r="D86" s="34"/>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="40">
+      <c r="A87" s="35">
         <v>69</v>
       </c>
-      <c r="B87" s="40"/>
-[...1 lines deleted...]
-      <c r="D87" s="39"/>
+      <c r="B87" s="35"/>
+      <c r="C87" s="35"/>
+      <c r="D87" s="34"/>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="40">
+      <c r="A88" s="35">
         <v>70</v>
       </c>
-      <c r="B88" s="40"/>
-[...1 lines deleted...]
-      <c r="D88" s="39"/>
+      <c r="B88" s="35"/>
+      <c r="C88" s="35"/>
+      <c r="D88" s="34"/>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="40">
+      <c r="A89" s="35">
         <v>71</v>
       </c>
-      <c r="B89" s="40"/>
-[...1 lines deleted...]
-      <c r="D89" s="39"/>
+      <c r="B89" s="35"/>
+      <c r="C89" s="35"/>
+      <c r="D89" s="34"/>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="40">
+      <c r="A90" s="35">
         <v>72</v>
       </c>
-      <c r="B90" s="40"/>
-[...1 lines deleted...]
-      <c r="D90" s="39"/>
+      <c r="B90" s="35"/>
+      <c r="C90" s="35"/>
+      <c r="D90" s="34"/>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="40">
+      <c r="A91" s="35">
         <v>73</v>
       </c>
-      <c r="B91" s="40"/>
-[...1 lines deleted...]
-      <c r="D91" s="39"/>
+      <c r="B91" s="35"/>
+      <c r="C91" s="35"/>
+      <c r="D91" s="34"/>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="40">
+      <c r="A92" s="35">
         <v>74</v>
       </c>
-      <c r="B92" s="40"/>
-[...1 lines deleted...]
-      <c r="D92" s="39"/>
+      <c r="B92" s="35"/>
+      <c r="C92" s="35"/>
+      <c r="D92" s="34"/>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="40">
+      <c r="A93" s="35">
         <v>75</v>
       </c>
-      <c r="B93" s="40"/>
-[...1 lines deleted...]
-      <c r="D93" s="39"/>
+      <c r="B93" s="35"/>
+      <c r="C93" s="35"/>
+      <c r="D93" s="34"/>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="40">
+      <c r="A94" s="35">
         <v>76</v>
       </c>
-      <c r="B94" s="40"/>
-[...1 lines deleted...]
-      <c r="D94" s="39"/>
+      <c r="B94" s="35"/>
+      <c r="C94" s="35"/>
+      <c r="D94" s="34"/>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="40">
+      <c r="A95" s="35">
         <v>77</v>
       </c>
-      <c r="B95" s="40"/>
-[...1 lines deleted...]
-      <c r="D95" s="39"/>
+      <c r="B95" s="35"/>
+      <c r="C95" s="35"/>
+      <c r="D95" s="34"/>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="40">
+      <c r="A96" s="35">
         <v>78</v>
       </c>
-      <c r="B96" s="40"/>
-[...1 lines deleted...]
-      <c r="D96" s="39"/>
+      <c r="B96" s="35"/>
+      <c r="C96" s="35"/>
+      <c r="D96" s="34"/>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="40">
+      <c r="A97" s="35">
         <v>79</v>
       </c>
-      <c r="B97" s="40"/>
-[...1 lines deleted...]
-      <c r="D97" s="39"/>
+      <c r="B97" s="35"/>
+      <c r="C97" s="35"/>
+      <c r="D97" s="34"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="40">
+      <c r="A98" s="35">
         <v>80</v>
       </c>
-      <c r="B98" s="40"/>
-[...1 lines deleted...]
-      <c r="D98" s="39"/>
+      <c r="B98" s="35"/>
+      <c r="C98" s="35"/>
+      <c r="D98" s="34"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="40">
+      <c r="A99" s="35">
         <v>81</v>
       </c>
-      <c r="B99" s="40"/>
-[...1 lines deleted...]
-      <c r="D99" s="39"/>
+      <c r="B99" s="35"/>
+      <c r="C99" s="35"/>
+      <c r="D99" s="34"/>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="40">
+      <c r="A100" s="35">
         <v>82</v>
       </c>
-      <c r="B100" s="40"/>
-[...1 lines deleted...]
-      <c r="D100" s="39"/>
+      <c r="B100" s="35"/>
+      <c r="C100" s="35"/>
+      <c r="D100" s="34"/>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="40">
+      <c r="A101" s="35">
         <v>83</v>
       </c>
-      <c r="B101" s="40"/>
-[...1 lines deleted...]
-      <c r="D101" s="39"/>
+      <c r="B101" s="35"/>
+      <c r="C101" s="35"/>
+      <c r="D101" s="34"/>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="40">
+      <c r="A102" s="35">
         <v>84</v>
       </c>
-      <c r="B102" s="40"/>
-[...1 lines deleted...]
-      <c r="D102" s="39"/>
+      <c r="B102" s="35"/>
+      <c r="C102" s="35"/>
+      <c r="D102" s="34"/>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A103" s="40">
+      <c r="A103" s="35">
         <v>85</v>
       </c>
-      <c r="B103" s="40"/>
-[...1 lines deleted...]
-      <c r="D103" s="39"/>
+      <c r="B103" s="35"/>
+      <c r="C103" s="35"/>
+      <c r="D103" s="34"/>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="40">
+      <c r="A104" s="35">
         <v>86</v>
       </c>
-      <c r="B104" s="40"/>
-[...1 lines deleted...]
-      <c r="D104" s="39"/>
+      <c r="B104" s="35"/>
+      <c r="C104" s="35"/>
+      <c r="D104" s="34"/>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="40">
+      <c r="A105" s="35">
         <v>87</v>
       </c>
-      <c r="B105" s="40"/>
-[...1 lines deleted...]
-      <c r="D105" s="39"/>
+      <c r="B105" s="35"/>
+      <c r="C105" s="35"/>
+      <c r="D105" s="34"/>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A106" s="40">
+      <c r="A106" s="35">
         <v>88</v>
       </c>
-      <c r="B106" s="40"/>
-[...1 lines deleted...]
-      <c r="D106" s="39"/>
+      <c r="B106" s="35"/>
+      <c r="C106" s="35"/>
+      <c r="D106" s="34"/>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A107" s="40">
+      <c r="A107" s="35">
         <v>89</v>
       </c>
-      <c r="B107" s="40"/>
-[...1 lines deleted...]
-      <c r="D107" s="39"/>
+      <c r="B107" s="35"/>
+      <c r="C107" s="35"/>
+      <c r="D107" s="34"/>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="40">
+      <c r="A108" s="35">
         <v>90</v>
       </c>
-      <c r="B108" s="40"/>
-[...1 lines deleted...]
-      <c r="D108" s="39"/>
+      <c r="B108" s="35"/>
+      <c r="C108" s="35"/>
+      <c r="D108" s="34"/>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A109" s="40">
+      <c r="A109" s="35">
         <v>91</v>
       </c>
-      <c r="B109" s="40"/>
-[...1 lines deleted...]
-      <c r="D109" s="39"/>
+      <c r="B109" s="35"/>
+      <c r="C109" s="35"/>
+      <c r="D109" s="34"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="40">
+      <c r="A110" s="35">
         <v>92</v>
       </c>
-      <c r="B110" s="40"/>
-[...1 lines deleted...]
-      <c r="D110" s="39"/>
+      <c r="B110" s="35"/>
+      <c r="C110" s="35"/>
+      <c r="D110" s="34"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A111" s="40">
+      <c r="A111" s="35">
         <v>93</v>
       </c>
-      <c r="B111" s="40"/>
-[...1 lines deleted...]
-      <c r="D111" s="39"/>
+      <c r="B111" s="35"/>
+      <c r="C111" s="35"/>
+      <c r="D111" s="34"/>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A112" s="40">
+      <c r="A112" s="35">
         <v>94</v>
       </c>
-      <c r="B112" s="40"/>
-[...1 lines deleted...]
-      <c r="D112" s="39"/>
+      <c r="B112" s="35"/>
+      <c r="C112" s="35"/>
+      <c r="D112" s="34"/>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="40">
+      <c r="A113" s="35">
         <v>95</v>
       </c>
-      <c r="B113" s="40"/>
-[...1 lines deleted...]
-      <c r="D113" s="39"/>
+      <c r="B113" s="35"/>
+      <c r="C113" s="35"/>
+      <c r="D113" s="34"/>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A114" s="40">
+      <c r="A114" s="35">
         <v>96</v>
       </c>
-      <c r="B114" s="40"/>
-[...1 lines deleted...]
-      <c r="D114" s="39"/>
+      <c r="B114" s="35"/>
+      <c r="C114" s="35"/>
+      <c r="D114" s="34"/>
     </row>
     <row r="117" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="118" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="119" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="120" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="121" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="122" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="123" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="124" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="125" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="126" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="127" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="128" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="12">
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="B8:D9"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
@@ -9295,67 +9034,65 @@
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Plate Order Synthesis Scale" prompt="Please select the synthesis scale from the dropdown list." sqref="D16" xr:uid="{A78426AD-6FB5-4B84-889C-E88F350791C0}">
       <formula1>"25 nmole,100 nmole"</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Oligo Name Character Limit" error="Please limit your Oligo Name to 11 characters" sqref="C19:C114" xr:uid="{D0B78985-53F8-4AA2-8CDE-2180C70DFDF9}">
       <formula1>11</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
-      <vt:lpstr>Keck Oligo Info</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>How To Enter Info</vt:lpstr>
       <vt:lpstr>Oligo Quote Request Form</vt:lpstr>
       <vt:lpstr>Plate Order Quote Request Form</vt:lpstr>
-      <vt:lpstr>'Keck Oligo Info'!Print_Area</vt:lpstr>
       <vt:lpstr>Purif_Meth_tbl_Headers</vt:lpstr>
       <vt:lpstr>Synth_Scale_entry_cell</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Meg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>