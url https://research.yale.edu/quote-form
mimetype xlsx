--- v1 (2025-12-29)
+++ v2 (2026-02-16)
@@ -5,76 +5,75 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10125"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/kecklab-708001-mbts/oligos/Quotes/Blank Quote Request Forms/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:2001_{B7F99F27-7F59-9246-98A9-3428F3774D97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCD7847C-17C4-D34C-9461-4C96B4FB521D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="20" yWindow="620" windowWidth="33040" windowHeight="19400" xr2:uid="{F0DD498A-5A06-458F-A333-035D9591570B}"/>
+    <workbookView xWindow="0" yWindow="1140" windowWidth="38400" windowHeight="18140" xr2:uid="{FA0C394D-B01C-154C-834D-08A1C66FCE91}"/>
   </bookViews>
   <sheets>
-    <sheet name="How To Enter Info" sheetId="18" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Plate Order Quote Request Form" sheetId="17" r:id="rId3"/>
+    <sheet name="How To Enter Info" sheetId="27" r:id="rId1"/>
+    <sheet name="Information Entry " sheetId="19" r:id="rId2"/>
+    <sheet name="Plate Order Quote Request Form" sheetId="28" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="Less_Than_120_Res_Unmodified_Synthe_Scale_list">OFFSET('Oligo Quote Request Form'!$L$2,0,0,COUNTA('Oligo Quote Request Form'!$L:$L),1)</definedName>
-[...1 lines deleted...]
-    <definedName name="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_list">OFFSET('Oligo Quote Request Form'!$M$2,0,0,COUNTA('Oligo Quote Request Form'!$M:$M),1)</definedName>
+    <definedName name="Less_Than_120_Res_Unmod_Synth_Scale">OFFSET('Information Entry '!$L$2:$L$6,0,0,COUNTA('Information Entry '!$L:$L),1)</definedName>
+    <definedName name="Less_Than_66_Res_Unmod_Synth_Scale">OFFSET('Information Entry '!$K$2:$K$7,0,0,COUNTA('Information Entry '!$K:$K),1)</definedName>
+    <definedName name="Mod_or_More_Than_119_Res_Unmod_Synth_Scale">OFFSET('Information Entry '!$M$2:$M$6,0,0,COUNTA('Information Entry '!$M:$M),1)</definedName>
     <definedName name="Purif_Meth_list">INDEX(Purif_Meth_tbl[],,MATCH(Synth_Scale_entry_cell,Purif_Meth_tbl_Headers,0))</definedName>
     <definedName name="Purif_Meth_tbl_Headers">Purif_Meth_tbl[#Headers]</definedName>
-    <definedName name="Synth_Scale_entry_cell">'Oligo Quote Request Form'!$H1</definedName>
+    <definedName name="Synth_Scale_entry_cell">'Information Entry '!$H1</definedName>
   </definedNames>
   <calcPr calcId="191029" iterate="1"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="258">
   <si>
     <t>Synthesis Scale</t>
   </si>
   <si>
@@ -86,479 +85,468 @@
   <si>
     <t>1.0 µmole</t>
   </si>
   <si>
     <t>2'OMe RNA</t>
   </si>
   <si>
     <t>40 nmole</t>
   </si>
   <si>
     <t>HPLC</t>
   </si>
   <si>
     <t>Cartridge</t>
   </si>
   <si>
     <t>Name:</t>
   </si>
   <si>
     <t>Institution:</t>
   </si>
   <si>
     <t>Country:</t>
   </si>
   <si>
-    <t>Modification Details</t>
-[...1 lines deleted...]
-  <si>
     <t>Email:</t>
   </si>
   <si>
     <t>Address:</t>
   </si>
   <si>
     <t>25 nmole</t>
   </si>
   <si>
     <t>Sequence Name</t>
   </si>
   <si>
     <t>Sequence (5' -&gt; 3')</t>
   </si>
   <si>
-    <t>25 nmole syntheses cannot be longer than 65 bases.</t>
-[...13 lines deleted...]
-  <si>
     <t>Dept:</t>
   </si>
   <si>
-    <t>Oligos with a 3' modification can only be made at the 200 nmole or 1 µmole synthesis scales.</t>
-[...83 lines deleted...]
-    <t>All Trityl-ON oligos are supplied on their synthesis supports without cleavage or deprotection.</t>
+    <t>Oligo ID #</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>2OMe</t>
+  </si>
+  <si>
+    <t>DNA residues with "d" (eg. dA)</t>
+  </si>
+  <si>
+    <t>RNA residues with "r" (rA)</t>
+  </si>
+  <si>
+    <t>2' OMethyl RNA with "m" (mA)</t>
+  </si>
+  <si>
+    <t>2' Methoxy RNA with "o" (oA)</t>
+  </si>
+  <si>
+    <t>2' Fluoro RNA with "f " (fA)</t>
+  </si>
+  <si>
+    <t>LNA residues with "+" (+A)</t>
+  </si>
+  <si>
+    <t>Note that if the 5' residue is a LNA, the sequence must start with a single quotation mark or else Excel interprets the + as a mathematical operator and gives an error. (eg. '+A)</t>
+  </si>
+  <si>
+    <t>Modifications do not need a prefix</t>
+  </si>
+  <si>
+    <t>Use an asterisk (*) for each p-thio link</t>
   </si>
   <si>
     <r>
-      <t>The protocols for deprotection must be followed exactly, and the OD</t>
-[...172 lines deleted...]
-      <t>Normal, unpurified DNA oligos </t>
+      <t xml:space="preserve">Use </t>
     </r>
     <r>
       <rPr>
         <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>UPPERCASE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> single-letter codes for equimolar mixtures of DNA residues</t>
+    </r>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>AC</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>AG</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>GC</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>GT</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>AGC</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>ACT</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>AGT</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>GCT</t>
+  </si>
+  <si>
+    <t>ACGT</t>
+  </si>
+  <si>
+    <t>Letters available for Modification Abbreviations are:</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>Z</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>Purification Not Available</t>
+  </si>
+  <si>
+    <t>Modification Details</t>
+  </si>
+  <si>
+    <t>Inverted residues (to be synthesized 5' to 3') with "i" (iA)</t>
+  </si>
+  <si>
+    <t>If these oligos will be used in Live Cells or Animals, please indicate so with the pull-down menu in the cell to the right.</t>
+  </si>
+  <si>
+    <t>100 nmole</t>
+  </si>
+  <si>
+    <t>&lt;120 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>&lt;66 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>Modified or &gt;119 Residues Unmodified Synthesis Scale</t>
+  </si>
+  <si>
+    <t>Oligo Length</t>
+  </si>
+  <si>
+    <r>
+      <t>Is This Oligo Modified?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t xml:space="preserve">
+Use Pull-down Menu - Do Not Paste</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Synthesis Scale
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t>Use Pull-down Menu - Do Not Paste</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Purification Method
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t>Use Pull-down Menu - 
+Do Not Paste</t>
+    </r>
+  </si>
+  <si>
+    <t>2' Deprotection/
+Cartridge</t>
+  </si>
+  <si>
+    <t>Number of Replicates You Would Like of the Oligo in the Corresponding Row</t>
+  </si>
+  <si>
+    <t>Requesting a Quote</t>
+  </si>
+  <si>
+    <t>Keck Oligo Synthesis
+FAQs</t>
+  </si>
+  <si>
+    <t>Quotes for Unmodified or Modified DNA or RNA</t>
+  </si>
+  <si>
+    <t>Ordering Oligos</t>
+  </si>
+  <si>
+    <t>•</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fill out the third worksheet in this file; "Oligo Quote Request Form". </t>
+  </si>
+  <si>
+    <t xml:space="preserve">All orders must be placed through our ordering webpage.  </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
         <u/>
-        <sz val="11"/>
-        <color rgb="FF1A1A1A"/>
+        <sz val="14"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t>Not all synthesis scales or purification methods are available for each type of oligo.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>&gt;119 bases</t>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
-        <color rgb="FF1A1A1A"/>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri (Body)"/>
       </rPr>
-      <t>, normal, unpurified RNA oligos,</t>
+      <t>Please</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
-        <color rgb="FF1A1A1A"/>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t> or those synthesized at the </t>
+      <t xml:space="preserve"> use only the dropdown menus (do not paste) under Synthesis Scale and Purification Method on the next worksheet to ensure your choice is available.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...4 lines deleted...]
-        <scheme val="minor"/>
+        <i/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri (Body)"/>
       </rPr>
-      <t>200 nanomole or 1.0 micromole scale</t>
+      <t>If your oligos will be used in live cells or animals, please let us know on the request form where indicated.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Set up an account with us by clicking the "Get Password" link in the upper left of the Keck Oligo Synthesis Ordering webpage at: </t>
+  </si>
+  <si>
+    <t>Return the completed form(s) via email to:</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> oligos@yale.edu</t>
+  </si>
+  <si>
+    <t>Keck Oligo Synthesis Ordering Site</t>
+  </si>
+  <si>
+    <t>Once you have received your password, place your order by clicking the "Order Normal DNA, RNA, or 2'-O methyl RNA" or "Order Modified Oligos" link in the upper left of the Keck Oligo Synthesis Ordering webpage.</t>
+  </si>
+  <si>
+    <t>Quotes for 96-well Format Plate Orders of ≥48 DNA Oligos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fill out the fourth worksheet in this file; "Plate Order Quote Request Form". </t>
+  </si>
+  <si>
+    <t>Passwords</t>
+  </si>
+  <si>
+    <t>DO NOT USE SOMEONE ELSE’S PASSWORD AS THIS WILL ONLY CAUSE CONFUSION AND MAY SERIOUSLY DELAY DELIVERY OF YOUR OLIGOS!!!</t>
+  </si>
+  <si>
+    <t>◦</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We find that oligos go missing if several people in 1 lab are using the same password. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The purpose of the password is to unambiguously identify you and the PI you are working with. </t>
+  </si>
+  <si>
+    <t>Enter your contact information at the top of the Oligo Quote Request Form page.</t>
+  </si>
+  <si>
+    <t>If we have a question about your order, we must be able to contact you directly before we can synthesize your oligo(s). If you use someone else's password, we will be calling or emailing that other person.</t>
+  </si>
+  <si>
+    <t>Users have experienced delays in receiving oligo(s) if we were unable to contact them directly with questions.</t>
+  </si>
+  <si>
+    <t>Entering Oligo Information</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We can only track the oligos by the password and cannot separate oligos orders if several individuals are using the same password. </t>
+  </si>
+  <si>
+    <t>Enter the sequence name, sequence, and modification details (see below). 
+Use only UPPERCASE letters for the nucleic acid residues.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We strongly recommend that EACH person ordering oligos get their own password. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Use </t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
-[...1 lines deleted...]
-        <rFont val="Calibri"/>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t> may take 5-7 business days due to longer synthesis and deprotection times.</t>
+      <t>UPPERCASE</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>In the Excel file list the oligo names in the first column and the sequences in the second column.</t>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> single-letter codes </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">This way you see only your orders in our system and you receive an envelope or shipment with just your oligos. </t>
+  </si>
+  <si>
+    <t>Even if your lab has only 1 person placing the oligo orders, it is still a best practice to place them using individual passwords.</t>
+  </si>
+  <si>
+    <t>Bulk Orders (≥24 oligos)</t>
+  </si>
+  <si>
+    <t>Orders of 24 or more oligos can be submitted in an Excel file via email to:</t>
   </si>
   <si>
     <t>In the Subject line of the email, please let us know that it is a large or bulk order.</t>
-  </si>
-[...67 lines deleted...]
-    <t>Quotes for 96-well Format Plate Orders of ≥48 DNA Oligos</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">In the body of the email please give your </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>password</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, the</t>
     </r>
     <r>
@@ -598,50 +586,112 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">format </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(individual tubes or a 96-well plate).</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve">Enter the number of syntheses you want of each oligo. </t>
+  </si>
+  <si>
+    <t>In the Excel file, list the oligo names in the first column and the sequences in the second column.</t>
+  </si>
+  <si>
+    <t>Please do not include column heading rows or empty rows or columns.</t>
+  </si>
+  <si>
+    <t>Select the Synthesis Scale from the drop-down menu. The Purifications available depend upon the Synthesis Scale Drop-down menu. Please do not paste into this box.</t>
+  </si>
+  <si>
+    <t>96-well Format Plate Orders (≥48 DNA oligos)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Use for Unmodified, DNA-only oligos. </t>
+  </si>
+  <si>
+    <t>Orders for ≥48 oligos supplied to the customer in a 96-well plate (Plate Order) receive a 10% discount.</t>
+  </si>
+  <si>
+    <t>Plate orders are available only for unmodified, unpurified DNA oligos.</t>
+  </si>
+  <si>
+    <t>Plate orders are available only for 25 nmole (≤65 bases) or 100 nmole (≤119 bases) Synthesis Scales.</t>
+  </si>
+  <si>
+    <t>All oligos in a plate order must be the same synthesis scale.</t>
+  </si>
+  <si>
+    <t>Use for DNA-only or Chimeric* oligos. May contain Modifications except on the 3' end.</t>
+  </si>
+  <si>
+    <t>Plate orders can be submitted in an Excel file via email to:</t>
+  </si>
+  <si>
+    <r>
+      <t>Use for DNA-only or Chimeric</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> oligos. May contain Modifications.
+      Unmodified chimeric oligos with a 3' RNA residue are only available at 
+      the 1.0 µmole synthesis scale.</t>
+    </r>
+  </si>
+  <si>
+    <t>In the Subject line of the email, please let us know that it is a Plate order.</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">In the body of the email please give your </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>password</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, the </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -679,938 +729,914 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, and confirm that it is a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">96-well plate </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>order.</t>
     </r>
   </si>
   <si>
-    <t>2' Deprotection/Cartridge</t>
-[...29 lines deleted...]
-    <t>Plate orders are available only for 25 nmole (≤65 bases) or 100 nmole (≤119 bases) Synthesis Scales.</t>
+    <t>In the Excel file list the oligo names in the first column and the sequences in the second column.</t>
+  </si>
+  <si>
+    <t>For RNA-only oligos. May contain Modifications.</t>
+  </si>
+  <si>
+    <t>For 2'-OMethyl RNA-only oligos. May contain Modifications.</t>
+  </si>
+  <si>
+    <t>Oligonucleotide Synthesis</t>
+  </si>
+  <si>
+    <r>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Chimeric oligos are those sequences that contain a mixture of DNA, RNA, 2'-OMethyl RNA, 2'-Methoxy RNA, 2' Fluoro RNA, Inverted, or LNA residues.</t>
+    </r>
   </si>
   <si>
     <t>Nucleic acid syntheses are run on a BioLytic Dr.Oligo-192 or Applied Biosystes 394 synthesizer using beta-cyanoethyl chemistry.</t>
   </si>
   <si>
-    <t xml:space="preserve">Completed Yale orders will be delivered by courier to your P.I.'s delivery location. Deliveries will be made once a day in the mid-afternoon. If no specific delivery location for your lab has been supplied, we will email you when your order is ready and you can pick it up at 300 George St. (room 2127). </t>
+    <t>Unless the researcher requests otherwise, normal DNA oligos are delivered in a fully deprotected, lyophillized, unpurified form with the hydroxyl groups at both the 3' and 5' ends.</t>
+  </si>
+  <si>
+    <t>Select the Purification Method from the drop-down menu. The Purification Method Drop-down is dependent on the synthesis scale entered. Please use the Synthesis Scale drop-down menu to select the synthesis scale.</t>
+  </si>
+  <si>
+    <t>Exceptions are Trityl-ON (see below) and some specialty oligos which are supplied on the support without cleavage or deprotection.</t>
+  </si>
+  <si>
+    <t>Please enter Chimeric oligo sequences using the following lowercase prefixes:</t>
+  </si>
+  <si>
+    <t>Synthesis Scales</t>
+  </si>
+  <si>
+    <t>For Chimeric oligos, :</t>
   </si>
   <si>
     <t>Synthesis scales of 25 nmole, 100 nmole, 200 nmole, and 1.0 µmole are routinely available for unmodified oligos.</t>
   </si>
   <si>
-    <t>Turnaround times for RNA, specialty, or modified oligos vary but are typically 5-10 business days.</t>
-[...35 lines deleted...]
-    <t>Modifications do not need a prefix</t>
+    <t>Modified oligos are available at the 40 nmole, 200 nmole, and 1.0 µmole synthesis scales.</t>
+  </si>
+  <si>
+    <t>Oligos with a 3' modification can only be made at the 200 nmole or 1 µmole synthesis scales.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you need more than 1.0 micromole of a given sequence, please order multiple 1.0 micromole syntheses. </t>
+  </si>
+  <si>
+    <t>When placing these orders, you must slightly change the name of each oligo name because the database will not accept duplicate sequence names (for obvious reasons): e.g., OLIGO1A, OLIGO1B, OLIGO1C, etc.</t>
+  </si>
+  <si>
+    <t>Sequence Length</t>
+  </si>
+  <si>
+    <t>25 nmole syntheses cannot be longer than 65 bases.</t>
+  </si>
+  <si>
+    <t>Sequence length for other synthesis scales cannot exceed 200 residues.</t>
+  </si>
+  <si>
+    <t>40 nmole scale syntheses longer than 119 bases must be synthesized on specialty machines at a higher cost per base.</t>
+  </si>
+  <si>
+    <t>For sequences longer than 100 bases we recommend synthesis at the 200 nanomole or 1.0 µmole scale. We will synthesize oligos longer than 100mers at 40 nanomole if you specifically request that we do so, but adequate yields cannot be guaranteed.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Use </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>lowercase</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> "p" for a 5' phosphate</t>
     </r>
   </si>
   <si>
-    <t>Use an asterisk (*) for each p-thio link</t>
+    <t>Purification</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Not all purification methods are available for each synthesis scale. </t>
+  </si>
+  <si>
+    <t>All un-modified oligos synthesized at the 25 or 40 nmole are desalted, free of charge.</t>
+  </si>
+  <si>
+    <t>Purification methods available to remove non-full-length oligos are reverse-phase cartridge and HPLC purifications.</t>
+  </si>
+  <si>
+    <t>Oligos that will be used in culture can be cartridged-purified non-toxically.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We do not offer PAGE purification at this time. </t>
+  </si>
+  <si>
+    <t>Modifications</t>
+  </si>
+  <si>
+    <t>We will incorporate most commercially available modifiers, as long as it is particulate-free and non-radioactive.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">To avoid issues of improper storage and handling, we recommend allowing us to order the modified phosphoramidite/column. </t>
+  </si>
+  <si>
+    <t>To ensure freshness, we order most specialty reagents at the time your order is placed.</t>
+  </si>
+  <si>
+    <t>We do not attempt to use leftover reagents as that may result in less than optimal coupling.</t>
+  </si>
+  <si>
+    <t>If you provide us with a commercially available phosphoramidite/column, our standard pricing will apply.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you provide us with a phosphoramidite/column that is not commercially available, a surcharge for each different modification will apply. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">This surcharge covers the additional labor costs of modified phosphoramidite/column handling and storage, synthesizer programming, oligo processing, and e-mail correspondence. </t>
+  </si>
+  <si>
+    <t>Additionally, since we are not supplying the modified phosphoramidite/column, our usual quality guarantee does not apply.</t>
+  </si>
+  <si>
+    <t>RNA and 2'-O-methyl RNA</t>
+  </si>
+  <si>
+    <t>RNA and 2'-O-methyl RNA are available only at the 1.0 µmole scale.</t>
+  </si>
+  <si>
+    <t>RNA oligos are provided with the 2' protecting group removed and cartridge-purified.</t>
+  </si>
+  <si>
+    <t>2'-O-methyl RNAs are available unpurified or cartridge purified.</t>
+  </si>
+  <si>
+    <t>Synthesized Oligo Information</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Each order of individual vials containing dried unmodified oligo is returned to you with associated information sheets that have the sequence, sequence name, total µg, total nmoles, and the µL volume required to reconstitute to 100 µM for each oligo. </t>
+  </si>
+  <si>
+    <t>Each vial is identified with the sequence name and the sequence.</t>
+  </si>
+  <si>
+    <t>Modified oligos will have the total µg, but not the total nmoles or µL volume for reconstitution.</t>
+  </si>
+  <si>
+    <t>Plate orders are returned with associated plate positions.</t>
+  </si>
+  <si>
+    <t>Turnaround Times</t>
+  </si>
+  <si>
+    <t> Orders submitted after 5:00 PM may not be processed until the next business day.</t>
+  </si>
+  <si>
+    <t>Turnaround time for normal, unpurified, 25 and 40 nanomole DNA oligos is typically 24 hours for &lt;120-mers.</t>
+  </si>
+  <si>
+    <t>Orders of this type placed before 5pm are usually delivered the following business afternoon via couriers or shipped by FedEx Priority.</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Use </t>
+      <t>Normal, unpurified DNA oligos </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-        <rFont val="Arial"/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF1A1A1A"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>UPPERCASE</t>
+      <t>&gt;119 bases</t>
     </r>
     <r>
       <rPr>
-        <sz val="12"/>
-        <rFont val="Arial"/>
+        <sz val="11"/>
+        <color rgb="FF1A1A1A"/>
+        <rFont val="Calibri (Body)"/>
+      </rPr>
+      <t>, normal, unpurified RNA oligos,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF1A1A1A"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> single-letter codes for equimolar mixtures of DNA residues</t>
-[...104 lines deleted...]
-</t>
+      <t> or those synthesized at the </t>
     </r>
     <r>
       <rPr>
         <b/>
+        <u/>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
-[...41 lines deleted...]
-        <color rgb="FFFF0000"/>
+        <color rgb="FF1A1A1A"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>200 nanomole or 1.0 micromole scale</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...10 lines deleted...]
-        <color rgb="FFFF0000"/>
+        <sz val="11"/>
+        <color rgb="FF1A1A1A"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> use only the dropdown menus (do not paste) under Synthesis Scale and Purification Method on the next worksheet to ensure your choice is available.</t>
+      <t> may take 5-7 business days due to longer synthesis and deprotection times.</t>
+    </r>
+  </si>
+  <si>
+    <t>Turnaround times for RNA, specialty, or modified oligos vary but are typically 5-10 business days.</t>
+  </si>
+  <si>
+    <t>Cartridge Purification/desalting does not typically change turnaround times.</t>
+  </si>
+  <si>
+    <t>HPLC purification typically adds 3-5 business days depending on the size of the order</t>
+  </si>
+  <si>
+    <t>Note: Inclement weather can sometimes increase turnaround times.</t>
+  </si>
+  <si>
+    <t>Delivery and Shipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Completed Yale orders will be delivered by courier to your P.I.'s delivery location. Deliveries will be made once a day in the mid-afternoon. If no specific delivery location for your lab has been supplied, we will email you when your order is ready and you can pick it up at 300 George St. (room 2127). </t>
+  </si>
+  <si>
+    <t>Non-Yale orders are shipped via Federal Express Priority 1.</t>
+  </si>
+  <si>
+    <t>In all cases, the current status for each oligo can be monitored by clicking the "Check My Orders" link in the upper left of the Oligo Synthesis Ordering webpage.</t>
+  </si>
+  <si>
+    <t>Order Status</t>
+  </si>
+  <si>
+    <t>The status of your order can be checked by clicking on the "Check My Orders" link in the upper left of the Keck Oligo Synthesis Ordering webpage at:</t>
+  </si>
+  <si>
+    <t>Status Definitions</t>
+  </si>
+  <si>
+    <t>APPROVED</t>
+  </si>
+  <si>
+    <t>order has been checked and verified</t>
+  </si>
+  <si>
+    <t>SYNTHESIZING</t>
+  </si>
+  <si>
+    <t>order is being synthesized, cleaved and deprotected</t>
+  </si>
+  <si>
+    <t>HOLD</t>
+  </si>
+  <si>
+    <t>we have contacted the investigator with a question about an order or the order was paused by the investigator</t>
+  </si>
+  <si>
+    <t>FAILED</t>
+  </si>
+  <si>
+    <t>the oligo did not pass our QC process</t>
+  </si>
+  <si>
+    <t>RESYNTH</t>
+  </si>
+  <si>
+    <t>the failed oligo has been queued for resynthesis at no additional cost</t>
+  </si>
+  <si>
+    <t>NEED DEPROTECTION</t>
+  </si>
+  <si>
+    <t>the oligo needs deprotection</t>
+  </si>
+  <si>
+    <t>NEED CRUDE OD</t>
+  </si>
+  <si>
+    <t>the oligo needs an OD taken</t>
+  </si>
+  <si>
+    <t>NEED CRUDE QC</t>
+  </si>
+  <si>
+    <t>the oligo needs the QC done</t>
+  </si>
+  <si>
+    <t>NEED DESALT</t>
+  </si>
+  <si>
+    <t>the oligo needs desalting</t>
+  </si>
+  <si>
+    <t>PURIFYING</t>
+  </si>
+  <si>
+    <t>the oligo is being purified</t>
+  </si>
+  <si>
+    <t>POOLING</t>
+  </si>
+  <si>
+    <t>the fractions of an HPLC-purified oligo are being combined</t>
+  </si>
+  <si>
+    <t>NEED FINAL OD</t>
+  </si>
+  <si>
+    <t>the purified oligo needs an OD taken</t>
+  </si>
+  <si>
+    <t>NEED FINAL QC</t>
+  </si>
+  <si>
+    <t>the purified oligo needs the QC done</t>
+  </si>
+  <si>
+    <t>EVAL QC</t>
+  </si>
+  <si>
+    <t>additional QC is required</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OD Read </t>
+  </si>
+  <si>
+    <t>the OD has been read and the oligo is drying</t>
+  </si>
+  <si>
+    <t>READY TO SEND</t>
+  </si>
+  <si>
+    <t>the oligo is ready to send</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINISHING </t>
+  </si>
+  <si>
+    <t>the oligo is ready to send but the rest of the order is not complete</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D DATE M </t>
+  </si>
+  <si>
+    <t>the oligo will be delivered to the medical school on the date specified</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D DATE S </t>
+  </si>
+  <si>
+    <t>the oligo will be delivered to Science Hill on the date specified</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D DATE W </t>
+  </si>
+  <si>
+    <t>the oligo will be delivered to West Campus on the date specified</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S DATE </t>
+  </si>
+  <si>
+    <t>orders will be shipped on the date specified</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R DATE </t>
+  </si>
+  <si>
+    <t>orders will be ready for pickup on the date specified</t>
+  </si>
+  <si>
+    <t>Trityl-ON Oligos</t>
+  </si>
+  <si>
+    <t>The 5’-DMT (trityl) protecting group can be left on the oligo if you would like to use this hydrophobic “handle” for purification. Unless you select the “Trityl-On” option, all oligos are supplied “Trityl-Off” with a 5’-OH group.</t>
+  </si>
+  <si>
+    <t>All Trityl-ON oligos are supplied on their synthesis supports without cleavage or deprotection.</t>
+  </si>
+  <si>
+    <t>Protocols for cleavage, deprotection and Glen-Pak purification of normal and modified trityl-ON oligos are posted on our website at https://medicine.yale.edu/keck/oligo/services/protocols/. Vials, caps, and non-luer-lock syringes will be supplied with each order.</t>
+  </si>
+  <si>
+    <r>
+      <t>The protocols for deprotection must be followed exactly, and the OD</t>
     </r>
     <r>
       <rPr>
-        <sz val="14"/>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>260</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...3 lines deleted...]
-        <rFont val="Calibri (Body)"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
-      <t>If your oligos will be used in live cells or animals, please let us know on the request form where indicated.</t>
-[...29 lines deleted...]
-      <t xml:space="preserve">Use </t>
+      <t> from each synthesis should be measured after deprotection to check the unpurified yield of the oligo. The unpurified yield expected from a 1.0 micromole synthesis is about 5 OD</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...1 lines deleted...]
-        <rFont val="Arial"/>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>UPPERCASE</t>
+      <t>260</t>
     </r>
     <r>
       <rPr>
-        <sz val="12"/>
-        <rFont val="Arial"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> single-letter codes </t>
+      <t> per residue; yields for the smaller scales are correspondingly less.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">We find that oligos go missing if several people in 1 lab are using the same password. </t>
-[...154 lines deleted...]
-  <si>
     <r>
-      <t>Is This Oligo Modified?</t>
+      <t>We strongly recommend that, before purification, you also set aside a 1 OD</t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <vertAlign val="subscript"/>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
-        <rFont val="Calibri (Body)"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-[...23 lines deleted...]
-      <t>Use for DNA-only or Chimeric</t>
+      <t>260</t>
     </r>
     <r>
       <rPr>
-        <sz val="16"/>
-        <rFont val="Arial"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>*</t>
+      <t> aliquot of each synthesis for analysis if you have problems with the oligo(s).</t>
     </r>
-    <r>
-[...21 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>Yields</t>
+  </si>
+  <si>
+    <t>The yield of full-length oligo is affected by factors that include:</t>
+  </si>
+  <si>
+    <t>Coupling efficiency (ours is estimated to be 99.3% per addition)</t>
+  </si>
+  <si>
+    <t>A coupling efficiency of 99.3% means that for each residue addition, 0.7% of the additions fail to couple and the oligo chain is terminated.</t>
+  </si>
+  <si>
+    <t>Oligonucleotide length (the longer the oligo, the fewer full-length oligos there are)</t>
+  </si>
+  <si>
+    <t>Deprotection and Purification methods</t>
+  </si>
+  <si>
+    <t>Number and type of modifications (some modified residues do not couple as efficiently as unmodified bases or may sterically hinder the addition of subsequent residues).</t>
+  </si>
+  <si>
+    <t>3’ residue (specialty synthesis columns do not couple as efficiently as normal bases, so one starts at a disadvantage)</t>
+  </si>
+  <si>
+    <t>Oligonucleotide sequence (some bases couple less efficiently than others).</t>
+  </si>
+  <si>
+    <t>Factors we can’t always foresee/control include:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The actual loading of the 3’ residue on the synthesis column support. </t>
+  </si>
+  <si>
+    <t>The columns we use are loaded for the synthesis scale that is requested (eg 200 nmole dG synthesis column for an oligo with a 3’ G to be made at the 200 nmole synthesis scale), but there is variability from column to column.</t>
+  </si>
+  <si>
+    <t>Variability in the capacity of the purification cartridge. The GlenPak cartridges we use have excess capacity, on average, for the synthesis scales that we make.</t>
+  </si>
+  <si>
+    <t>Conformational changes or modifications that interfere with either synthesis, OD measurements, Q/C procedures, or purification.</t>
+  </si>
+  <si>
+    <t>Basic Yield Calculation</t>
+  </si>
+  <si>
+    <t>To calculate the expected % yield of full-length oligo for an oligo of X length use this formula: % Yield = 0.993^X (0.993 raised to the X power).</t>
+  </si>
+  <si>
+    <t>For example, the percent yield of full-length 100-residue oligo is approximately 49.5% (0.993^100) of the synthesis scale.</t>
+  </si>
+  <si>
+    <t>Therefore, the expected yield of full-length unpurified 100-mer oligo from a 200 nmole synthesis scale would be on the order of 100 nmoles.</t>
+  </si>
+  <si>
+    <t>Assume that some full-length oligo will be lost during purification.</t>
+  </si>
+  <si>
+    <t>The Keck Oligo Synthesis Section warrants that its products shall conform to the description provided on the product’s accompanying literature or analytical data. ALL PRODUCT CLAIMS, REGARDLESS OF THEIR NATURE, MUST BE BROUGHT TO OUR ATTENTION WITHIN 60 DAYS OF DELIVERY. Due to the highly complex, customized and experimental nature of some modified oligos, we cannot guarantee the purity and yield of all modified products. Although we will do our best to ensure that the highest quality product is achieved, THE KECK OLIGO SECTION SHALL NOT IN ANY EVENT BE LIABLE FOR INCIDENTAL, CONSEQUENTIAL OR SPECIAL DAMAGES OF ANY KIND RESULTING FROM ANY USE OR FAILURE OF THE PRODUCTS NOR SHALL ITS LIABILITY IN ANY CASE EXCEED THE PURCHASE PRICE OF THE PRODUCT.</t>
+  </si>
+  <si>
+    <t>This Request Form is for Plate Order Quotes only!</t>
+  </si>
+  <si>
+    <t>FAQs</t>
+  </si>
+  <si>
+    <t>Orders for &gt;47 oligos supplied to the customer in a 96-well plate (Plate Order) receive a 10% discount.</t>
+  </si>
+  <si>
+    <t>Plate orders are available only for 25 nmole (≤66 bases) or 100 nmole (≤119 bases) Synthesis Scales.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="36" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="43" x14ac:knownFonts="1">
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="Calibri"/>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-    <font>
+      <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <vertAlign val="subscript"/>
-      <sz val="11"/>
+      <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...43 lines deleted...]
-      <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Consolas"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...24 lines deleted...]
-      <family val="2"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Courier New"/>
+      <family val="3"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="14"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF1A1A1A"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF1A1A1A"/>
+      <name val="Calibri (Body)"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF1A1A1A"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF1A1A1A"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF191919"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <vertAlign val="subscript"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
       <color rgb="FF1A1A1A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
-      <sz val="11"/>
+      <b/>
+      <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
@@ -1623,1066 +1649,1213 @@
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
-[...53 lines deleted...]
-      <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="41">
+  <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="115">
+  <cellXfs count="136">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...157 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="40" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="40" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="40" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="40" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="40" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="40" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="40" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...117 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...45 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="41">
+  <cellStyles count="44">
+    <cellStyle name="Currency 2" xfId="41" xr:uid="{11A12555-B878-F94B-B351-61B34BD717F1}"/>
     <cellStyle name="Followed Hyperlink" xfId="1" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="5" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="9" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="11" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="13" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="31" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="33" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="35" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="37" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="39" builtinId="9" hidden="1"/>
-    <cellStyle name="Hyperlink" xfId="40" builtinId="8"/>
+    <cellStyle name="Hyperlink 2" xfId="40" xr:uid="{D2F4BCF1-84DA-4A8E-8CED-129FD5596FFF}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="42" xr:uid="{DA50E89A-D927-D447-8349-E28812651F56}"/>
+    <cellStyle name="Normal 2 2" xfId="43" xr:uid="{E3F21F78-AF93-014A-AE21-559C2C1194D4}"/>
   </cellStyles>
-  <dxfs count="22">
+  <dxfs count="27">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="1"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="0"/>
-[...14 lines deleted...]
-      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
-      <font>
-[...15 lines deleted...]
-        <bottom style="thin">
+      <border outline="0">
+        <top style="thin">
           <color indexed="64"/>
-        </bottom>
+        </top>
       </border>
-    </dxf>
-[...93 lines deleted...]
-      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <protection locked="1" hidden="1"/>
-[...113 lines deleted...]
-      <protection locked="1" hidden="1"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <protection locked="1" hidden="1"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+      </border>
+      <protection locked="1" hidden="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
       <rgbColor rgb="000000D4"/>
       <rgbColor rgb="00FCF305"/>
       <rgbColor rgb="00F20884"/>
       <rgbColor rgb="0000ABEA"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -2710,111 +2883,118 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00D8E4E8"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00EAEAEA"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00F1F2DA"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
+      <color rgb="FFD8E4E8"/>
       <color rgb="FF00F66F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}" name="Purif_Meth_tbl" displayName="Purif_Meth_tbl" ref="O2:U5" totalsRowShown="0" headerRowDxfId="21" dataDxfId="19" headerRowBorderDxfId="20">
-  <autoFilter ref="O2:U5" xr:uid="{9DA2C8D1-E885-410E-8639-A95FA1B003C4}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9B0D39FB-D6A3-7E4C-8591-ADA87E69DCB2}" name="Purif_Meth_tbl" displayName="Purif_Meth_tbl" ref="O1:U5" totalsRowShown="0" headerRowDxfId="26" dataDxfId="24" headerRowBorderDxfId="25">
+  <autoFilter ref="O1:U5" xr:uid="{9B0D39FB-D6A3-7E4C-8591-ADA87E69DCB2}"/>
   <tableColumns count="7">
-    <tableColumn id="7" xr3:uid="{2D6DEBB7-24DE-4420-8507-BC3EB2591B55}" name="25 nmole" dataDxfId="18"/>
-[...5 lines deleted...]
-    <tableColumn id="5" xr3:uid="{26E8DFA7-6D43-4232-9E0A-A26BF387B616}" name="2'OMe RNA" dataDxfId="13"/>
+    <tableColumn id="7" xr3:uid="{C3715A0B-98EC-0C4E-8417-0C15E32D67F5}" name="25 nmole" dataDxfId="23"/>
+    <tableColumn id="6" xr3:uid="{C99D413C-B513-594D-A4C6-4ACEFEF499AB}" name="40 nmole" dataDxfId="22"/>
+    <tableColumn id="8" xr3:uid="{8C1958AC-3952-4049-A4AA-785EF90C5C0A}" name="100 nmole" dataDxfId="21"/>
+    <tableColumn id="2" xr3:uid="{FB4B3516-97C5-864F-B8F6-997D344259F3}" name="200 nmole" dataDxfId="20"/>
+    <tableColumn id="3" xr3:uid="{A42420C8-94F1-1D4E-81FF-02A3AB015E43}" name="1.0 µmole" dataDxfId="19"/>
+    <tableColumn id="4" xr3:uid="{738C7207-B13E-7249-83C3-F79999118766}" name="RNA" dataDxfId="18"/>
+    <tableColumn id="5" xr3:uid="{6B1876FD-786A-0245-8E1F-4E38C4AC996A}" name="2'OMe RNA" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7777305D-FDE9-FB49-A553-7781E207665B}" name="Less_Than_120_Res_Unmodified_Synthe_Scale_tbl8" displayName="Less_Than_120_Res_Unmodified_Synthe_Scale_tbl8" ref="L1:L6" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11">
-  <autoFilter ref="L1:L6" xr:uid="{7777305D-FDE9-FB49-A553-7781E207665B}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{82CC34A5-B44F-BC40-BE9C-CA3C8E945A74}" name="Less_Than_66_Res_Unmod_Synth_Scale_tbl" displayName="Less_Than_66_Res_Unmod_Synth_Scale_tbl" ref="K1:K7" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
+  <autoFilter ref="K1:K7" xr:uid="{82CC34A5-B44F-BC40-BE9C-CA3C8E945A74}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{81AA16B0-2A58-9947-9590-E21A31032792}" name="&lt;120 Residues Unmodified Synthesis Scale" dataDxfId="9"/>
+    <tableColumn id="1" xr3:uid="{B572BF42-880B-8748-A732-DBD8BC2EC77E}" name="&lt;66 Residues Unmodified Synthesis Scale" dataDxfId="12"/>
   </tableColumns>
-  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{37BC4642-0BF8-CB4F-8D2A-0FD37928310E}" name="Less_Than_66_Res_Unmodified_Synthe_Scale_tbl89" displayName="Less_Than_66_Res_Unmodified_Synthe_Scale_tbl89" ref="K1:K7" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7">
-  <autoFilter ref="K1:K7" xr:uid="{37BC4642-0BF8-CB4F-8D2A-0FD37928310E}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{9C0C11B5-F3BC-DF41-9788-6F0A66C86ED4}" name="Less_Than_120_Res_Unmod_Synth_Scale_tbl" displayName="Less_Than_120_Res_Unmod_Synth_Scale_tbl" ref="L1:L6" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8">
+  <autoFilter ref="L1:L6" xr:uid="{9C0C11B5-F3BC-DF41-9788-6F0A66C86ED4}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{AD48AF4D-5052-9148-A5F9-68DBA2F6AC23}" name="&lt;66 Residues Unmodified Synthesis Scale" dataDxfId="5"/>
+    <tableColumn id="1" xr3:uid="{1F2381E5-21E0-F544-AD7E-1E822A0D10BB}" name="&lt;120 Residues Unmodified Synthesis Scale" dataDxfId="7"/>
   </tableColumns>
-  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00A0916D-E67F-3541-938B-D16B3E91DA02}" name="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_tbl" displayName="Modified_or_More_than_119_Res_Unmodified_Synth_Scale_tbl" ref="M1:M6" totalsRowShown="0" headerRowDxfId="4" dataDxfId="2" headerRowBorderDxfId="3">
-  <autoFilter ref="M1:M6" xr:uid="{00A0916D-E67F-3541-938B-D16B3E91DA02}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{4D54EEF4-303C-CD4F-B737-565A4B426735}" name="Mod_or_More_Than__119_Res_Unmod_Synth_Scale_tbl" displayName="Mod_or_More_Than__119_Res_Unmod_Synth_Scale_tbl" ref="M1:M6" totalsRowShown="0" headerRowDxfId="6" dataDxfId="4" headerRowBorderDxfId="5" tableBorderDxfId="3">
+  <autoFilter ref="M1:M6" xr:uid="{4D54EEF4-303C-CD4F-B737-565A4B426735}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{6D9F8AEE-9191-1941-91C3-6576C43AFE05}" name="Modified or &gt;119 Residues Unmodified Synthesis Scale" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{29E66D03-9393-5B43-A9AD-0AE69864E6B6}" name="Modified or &gt;119 Residues Unmodified Synthesis Scale" dataDxfId="2"/>
   </tableColumns>
-  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3080,6029 +3260,6078 @@
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+            <a14:hiddenEffects xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dist="38099" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="74998"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:spDef>
     <a:lnDef>
       <a:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+            <a14:hiddenEffects xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dist="38099" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="74998"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.lotis.yale.edu/fmi/webd/keck_oligos?homeurl=https://lotis.yale.edu/keck_oligos.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.lotis.yale.edu/fmi/webd/keck_oligos?homeurl=https://lotis.yale.edu/keck_oligos.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oligos@yale.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9BD0D76-7626-9E4E-AF2C-E36AB1524FA4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8BA8824-A133-214A-8D4B-C9A4E688455B}">
   <dimension ref="A1:U154"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="124.33203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.33203125" style="45" customWidth="1"/>
+    <col min="1" max="1" width="10.33203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" customWidth="1"/>
     <col min="3" max="3" width="13.5" customWidth="1"/>
     <col min="4" max="11" width="10.33203125" customWidth="1"/>
-    <col min="12" max="14" width="5.1640625" style="11" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="100.83203125" style="11" customWidth="1"/>
+    <col min="12" max="14" width="5.1640625" style="58" customWidth="1"/>
+    <col min="15" max="15" width="124.33203125" style="58"/>
+    <col min="16" max="16" width="100.83203125" style="58" customWidth="1"/>
     <col min="17" max="21" width="5.83203125" customWidth="1"/>
-    <col min="22" max="16384" width="124.33203125" style="33"/>
+    <col min="22" max="16384" width="124.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="19" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="94" t="s">
+      <c r="A1" s="87" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="89" t="s">
+        <v>73</v>
+      </c>
+      <c r="M1" s="90"/>
+      <c r="N1" s="90"/>
+      <c r="O1" s="90"/>
+      <c r="P1" s="91"/>
+      <c r="Q1" s="2"/>
+      <c r="R1" s="2"/>
+      <c r="S1" s="2"/>
+      <c r="T1" s="2"/>
+      <c r="U1" s="2"/>
+    </row>
+    <row r="2" spans="1:21" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="54" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="L2" s="54" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="55"/>
+      <c r="P2" s="55"/>
+    </row>
+    <row r="3" spans="1:21" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" s="92" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" s="92"/>
+      <c r="D3" s="92"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
+      <c r="H3" s="92"/>
+      <c r="I3" s="92"/>
+      <c r="J3" s="92"/>
+      <c r="L3" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M3" s="93" t="s">
+        <v>78</v>
+      </c>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+    </row>
+    <row r="4" spans="1:21" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" s="94" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" s="94"/>
+      <c r="D4" s="94"/>
+      <c r="E4" s="94"/>
+      <c r="F4" s="94"/>
+      <c r="G4" s="94"/>
+      <c r="H4" s="94"/>
+      <c r="I4" s="94"/>
+      <c r="J4" s="94"/>
+      <c r="L4" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M4" s="92" t="s">
+        <v>80</v>
+      </c>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
+      <c r="P4" s="92"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A5" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" s="98" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" s="98"/>
+      <c r="D5" s="98"/>
+      <c r="E5" s="59" t="s">
+        <v>82</v>
+      </c>
+      <c r="F5" s="58"/>
+      <c r="G5" s="58"/>
+      <c r="H5" s="58"/>
+      <c r="I5" s="58"/>
+      <c r="J5" s="58"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="56"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="60" t="s">
+        <v>83</v>
+      </c>
+      <c r="O5" s="57"/>
+      <c r="P5" s="57"/>
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2"/>
+      <c r="S5" s="2"/>
+      <c r="T5" s="2"/>
+      <c r="U5" s="2"/>
+    </row>
+    <row r="6" spans="1:21" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="58"/>
+      <c r="B6" s="58"/>
+      <c r="D6" s="58"/>
+      <c r="E6" s="58"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+      <c r="H6" s="22"/>
+      <c r="I6" s="22"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="22"/>
+      <c r="L6" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M6" s="92" t="s">
+        <v>84</v>
+      </c>
+      <c r="N6" s="92"/>
+      <c r="O6" s="92"/>
+      <c r="P6" s="92"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A7" s="54" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" s="55"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="22"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="22"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="56"/>
+      <c r="M7" s="57"/>
+      <c r="N7" s="57"/>
+      <c r="O7" s="57"/>
+      <c r="P7" s="57"/>
+      <c r="Q7" s="2"/>
+      <c r="R7" s="2"/>
+      <c r="S7" s="2"/>
+      <c r="T7" s="2"/>
+      <c r="U7" s="2"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A8" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" s="92" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" s="92"/>
+      <c r="D8" s="92"/>
+      <c r="E8" s="92"/>
+      <c r="F8" s="92"/>
+      <c r="G8" s="92"/>
+      <c r="H8" s="92"/>
+      <c r="I8" s="92"/>
+      <c r="J8" s="92"/>
+      <c r="K8" s="22"/>
+      <c r="L8" s="61" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q8" s="2"/>
+      <c r="R8" s="2"/>
+      <c r="S8" s="2"/>
+      <c r="T8" s="2"/>
+      <c r="U8" s="2"/>
+    </row>
+    <row r="9" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" s="99"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="99"/>
+      <c r="F9" s="99"/>
+      <c r="G9" s="99"/>
+      <c r="H9" s="99"/>
+      <c r="I9" s="99"/>
+      <c r="J9" s="99"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="62" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" s="95" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" s="95"/>
+      <c r="O9" s="95"/>
+      <c r="P9" s="95"/>
+      <c r="Q9" s="2"/>
+      <c r="R9" s="2"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="U9" s="2"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A10" s="58"/>
+      <c r="B10" s="58"/>
+      <c r="C10" s="59" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" s="58"/>
+      <c r="E10" s="58"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="22"/>
+      <c r="H10" s="22"/>
+      <c r="I10" s="22"/>
+      <c r="J10" s="22"/>
+      <c r="K10" s="22"/>
+      <c r="L10" s="62"/>
+      <c r="M10" s="63" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" s="100" t="s">
+        <v>90</v>
+      </c>
+      <c r="O10" s="100"/>
+      <c r="P10" s="100"/>
+      <c r="Q10" s="2"/>
+      <c r="R10" s="2"/>
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="U10" s="2"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11" s="58"/>
+      <c r="B11" s="58"/>
+      <c r="C11" s="64"/>
+      <c r="D11" s="58"/>
+      <c r="E11" s="58"/>
+      <c r="K11" s="22"/>
+      <c r="L11" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" s="95" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" s="95"/>
+      <c r="O11" s="95"/>
+      <c r="P11" s="95"/>
+      <c r="Q11" s="2"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+    </row>
+    <row r="12" spans="1:21" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="L12" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M12" s="92" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" s="92"/>
+      <c r="O12" s="92"/>
+      <c r="P12" s="92"/>
+    </row>
+    <row r="13" spans="1:21" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="11"/>
+      <c r="B13" s="11"/>
+      <c r="C13" s="11"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+      <c r="L13" s="56"/>
+      <c r="M13" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N13" s="96" t="s">
+        <v>94</v>
+      </c>
+      <c r="O13" s="96"/>
+      <c r="P13" s="96"/>
+    </row>
+    <row r="14" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="11"/>
+      <c r="L14" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M14" s="92" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" s="92"/>
+      <c r="O14" s="92"/>
+      <c r="P14" s="92"/>
+    </row>
+    <row r="15" spans="1:21" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="66">
+        <v>1</v>
+      </c>
+      <c r="B15" s="97" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" s="97"/>
+      <c r="D15" s="97"/>
+      <c r="E15" s="97"/>
+      <c r="F15" s="97"/>
+      <c r="G15" s="97"/>
+      <c r="H15" s="97"/>
+      <c r="L15" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M15" s="92" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" s="92"/>
+      <c r="O15" s="92"/>
+      <c r="P15" s="92"/>
+    </row>
+    <row r="16" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="2"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
+      <c r="L16" s="67"/>
+      <c r="M16" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N16" s="102" t="s">
+        <v>100</v>
+      </c>
+      <c r="O16" s="102"/>
+      <c r="P16" s="102"/>
+    </row>
+    <row r="17" spans="1:16" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="2"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
+      <c r="G17" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="I17" s="11"/>
+      <c r="L17" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M17" s="68" t="s">
+        <v>101</v>
+      </c>
+      <c r="N17" s="68"/>
+      <c r="O17" s="68"/>
+      <c r="P17" s="68"/>
+    </row>
+    <row r="18" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="2"/>
+      <c r="B18" s="11"/>
+      <c r="C18" s="11"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="I18" s="11"/>
+      <c r="L18" s="56"/>
+      <c r="M18" s="57"/>
+      <c r="N18" s="57"/>
+      <c r="O18" s="57"/>
+      <c r="P18" s="57"/>
+    </row>
+    <row r="19" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="2"/>
+      <c r="B19" s="11"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="I19" s="11"/>
+      <c r="L19" s="61" t="s">
+        <v>102</v>
+      </c>
+      <c r="M19" s="58"/>
+      <c r="N19" s="58"/>
+      <c r="O19" s="58"/>
+      <c r="P19" s="58"/>
+    </row>
+    <row r="20" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="2"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="I20" s="11"/>
+      <c r="L20" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M20" s="92" t="s">
+        <v>103</v>
+      </c>
+      <c r="N20" s="92"/>
+      <c r="O20" s="92"/>
+      <c r="P20" s="92"/>
+    </row>
+    <row r="21" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="2"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="I21" s="11"/>
+      <c r="L21" s="56"/>
+      <c r="M21" s="57"/>
+      <c r="N21" s="59" t="s">
+        <v>82</v>
+      </c>
+      <c r="O21" s="57"/>
+      <c r="P21" s="57"/>
+    </row>
+    <row r="22" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="2"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="I22" s="11"/>
+      <c r="L22" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M22" s="92" t="s">
+        <v>104</v>
+      </c>
+      <c r="N22" s="92"/>
+      <c r="O22" s="92"/>
+      <c r="P22" s="92"/>
+    </row>
+    <row r="23" spans="1:16" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="66"/>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="L23" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M23" s="92" t="s">
+        <v>105</v>
+      </c>
+      <c r="N23" s="92"/>
+      <c r="O23" s="92"/>
+      <c r="P23" s="92"/>
+    </row>
+    <row r="24" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="66">
+        <v>2</v>
+      </c>
+      <c r="B24" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="B1" s="95"/>
-[...9 lines deleted...]
-      <c r="L1" s="85" t="s">
+      <c r="C24" s="13"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="L24" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M24" s="92" t="s">
+        <v>107</v>
+      </c>
+      <c r="N24" s="92"/>
+      <c r="O24" s="92"/>
+      <c r="P24" s="92"/>
+    </row>
+    <row r="25" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="66"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="11"/>
+      <c r="L25" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M25" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="N25" s="57"/>
+      <c r="O25" s="57"/>
+      <c r="P25" s="57"/>
+    </row>
+    <row r="26" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="66">
+        <v>3</v>
+      </c>
+      <c r="B26" s="103" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="103"/>
+      <c r="D26" s="103"/>
+      <c r="E26" s="103"/>
+      <c r="F26" s="103"/>
+      <c r="G26" s="103"/>
+      <c r="H26" s="103"/>
+      <c r="I26" s="103"/>
+      <c r="J26" s="103"/>
+      <c r="L26" s="56"/>
+      <c r="M26" s="57"/>
+      <c r="N26" s="55"/>
+      <c r="O26" s="57"/>
+      <c r="P26" s="57"/>
+    </row>
+    <row r="27" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="66"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
+      <c r="L27" s="61" t="s">
+        <v>110</v>
+      </c>
+      <c r="M27" s="58"/>
+      <c r="N27" s="58"/>
+      <c r="O27" s="58"/>
+      <c r="P27" s="58"/>
+    </row>
+    <row r="28" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="66"/>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="101" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" s="101"/>
+      <c r="F28" s="101"/>
+      <c r="G28" s="101"/>
+      <c r="H28" s="101"/>
+      <c r="I28" s="101"/>
+      <c r="J28" s="101"/>
+      <c r="L28" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M28" s="92" t="s">
+        <v>112</v>
+      </c>
+      <c r="N28" s="92"/>
+      <c r="O28" s="92"/>
+      <c r="P28" s="92"/>
+    </row>
+    <row r="29" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="66"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="69"/>
+      <c r="E29" s="69"/>
+      <c r="F29" s="69"/>
+      <c r="G29" s="69"/>
+      <c r="H29" s="69"/>
+      <c r="I29" s="69"/>
+      <c r="J29" s="69"/>
+      <c r="L29" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M29" s="92" t="s">
+        <v>113</v>
+      </c>
+      <c r="N29" s="92"/>
+      <c r="O29" s="92"/>
+      <c r="P29" s="92"/>
+    </row>
+    <row r="30" spans="1:16" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="66"/>
+      <c r="B30" s="11"/>
+      <c r="C30" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D30" s="101" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" s="101"/>
+      <c r="F30" s="101"/>
+      <c r="G30" s="101"/>
+      <c r="H30" s="101"/>
+      <c r="I30" s="101"/>
+      <c r="J30" s="101"/>
+      <c r="L30" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M30" s="92" t="s">
+        <v>114</v>
+      </c>
+      <c r="N30" s="92"/>
+      <c r="O30" s="92"/>
+      <c r="P30" s="92"/>
+    </row>
+    <row r="31" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="66"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="69"/>
+      <c r="E31" s="69"/>
+      <c r="F31" s="69"/>
+      <c r="G31" s="69"/>
+      <c r="H31" s="69"/>
+      <c r="I31" s="69"/>
+      <c r="J31" s="69"/>
+      <c r="L31" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M31" s="92" t="s">
+        <v>115</v>
+      </c>
+      <c r="N31" s="92"/>
+      <c r="O31" s="92"/>
+      <c r="P31" s="92"/>
+    </row>
+    <row r="32" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="66"/>
+      <c r="B32" s="11"/>
+      <c r="C32" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D32" s="101" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="101"/>
+      <c r="F32" s="101"/>
+      <c r="G32" s="101"/>
+      <c r="H32" s="101"/>
+      <c r="I32" s="101"/>
+      <c r="J32" s="101"/>
+      <c r="L32" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M32" s="92" t="s">
+        <v>117</v>
+      </c>
+      <c r="N32" s="92"/>
+      <c r="O32" s="92"/>
+      <c r="P32" s="92"/>
+    </row>
+    <row r="33" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="66"/>
+      <c r="B33" s="11"/>
+      <c r="C33" s="11"/>
+      <c r="D33" s="69"/>
+      <c r="E33" s="69"/>
+      <c r="F33" s="69"/>
+      <c r="G33" s="69"/>
+      <c r="H33" s="69"/>
+      <c r="I33" s="69"/>
+      <c r="J33" s="69"/>
+      <c r="L33" s="56"/>
+      <c r="M33" s="57"/>
+      <c r="N33" s="59" t="s">
+        <v>82</v>
+      </c>
+      <c r="O33" s="57"/>
+      <c r="P33" s="57"/>
+    </row>
+    <row r="34" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="66"/>
+      <c r="B34" s="11"/>
+      <c r="C34" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="107" t="s">
+        <v>118</v>
+      </c>
+      <c r="E34" s="105"/>
+      <c r="F34" s="105"/>
+      <c r="G34" s="105"/>
+      <c r="H34" s="105"/>
+      <c r="I34" s="105"/>
+      <c r="J34" s="105"/>
+      <c r="L34" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M34" s="92" t="s">
+        <v>119</v>
+      </c>
+      <c r="N34" s="92"/>
+      <c r="O34" s="92"/>
+      <c r="P34" s="92"/>
+    </row>
+    <row r="35" spans="1:16" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="66"/>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D35" s="107"/>
+      <c r="E35" s="105"/>
+      <c r="F35" s="105"/>
+      <c r="G35" s="105"/>
+      <c r="H35" s="105"/>
+      <c r="I35" s="105"/>
+      <c r="J35" s="105"/>
+      <c r="L35" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M35" s="92" t="s">
+        <v>120</v>
+      </c>
+      <c r="N35" s="92"/>
+      <c r="O35" s="92"/>
+      <c r="P35" s="92"/>
+    </row>
+    <row r="36" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="66"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="11"/>
+      <c r="D36" s="72"/>
+      <c r="E36" s="72"/>
+      <c r="F36" s="72"/>
+      <c r="G36" s="72"/>
+      <c r="H36" s="72"/>
+      <c r="I36" s="72"/>
+      <c r="L36" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M36" s="92" t="s">
+        <v>121</v>
+      </c>
+      <c r="N36" s="92"/>
+      <c r="O36" s="92"/>
+      <c r="P36" s="92"/>
+    </row>
+    <row r="37" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="66"/>
+      <c r="C37" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="E37" s="11"/>
+      <c r="F37" s="11"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="11"/>
+      <c r="L37" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M37" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="N37" s="57"/>
+      <c r="O37" s="57"/>
+      <c r="P37" s="57"/>
+    </row>
+    <row r="38" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="66"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="L38" s="56"/>
+      <c r="M38" s="55"/>
+      <c r="N38" s="57"/>
+      <c r="O38" s="57"/>
+      <c r="P38" s="57"/>
+    </row>
+    <row r="39" spans="1:16" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="66"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="E39" s="11"/>
+      <c r="F39" s="11"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="11"/>
+      <c r="L39" s="54" t="s">
+        <v>124</v>
+      </c>
+      <c r="M39" s="55"/>
+      <c r="N39" s="55"/>
+      <c r="O39" s="55"/>
+      <c r="P39" s="55"/>
+    </row>
+    <row r="40" spans="1:16" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="66"/>
+      <c r="C40" s="104" t="s">
+        <v>125</v>
+      </c>
+      <c r="D40" s="104"/>
+      <c r="E40" s="104"/>
+      <c r="F40" s="104"/>
+      <c r="G40" s="104"/>
+      <c r="H40" s="104"/>
+      <c r="I40" s="104"/>
+      <c r="J40" s="104"/>
+      <c r="L40" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M40" s="55" t="s">
+        <v>126</v>
+      </c>
+      <c r="N40" s="55"/>
+      <c r="O40" s="55"/>
+      <c r="P40" s="55"/>
+    </row>
+    <row r="41" spans="1:16" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="66"/>
+      <c r="B41" s="71"/>
+      <c r="C41" s="105"/>
+      <c r="D41" s="105"/>
+      <c r="E41" s="105"/>
+      <c r="F41" s="105"/>
+      <c r="G41" s="105"/>
+      <c r="H41" s="105"/>
+      <c r="I41" s="105"/>
+      <c r="J41" s="105"/>
+      <c r="L41" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M41" s="92" t="s">
+        <v>127</v>
+      </c>
+      <c r="N41" s="92"/>
+      <c r="O41" s="92"/>
+      <c r="P41" s="92"/>
+    </row>
+    <row r="42" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="66">
+        <v>4</v>
+      </c>
+      <c r="B42" s="103" t="s">
+        <v>128</v>
+      </c>
+      <c r="C42" s="103"/>
+      <c r="D42" s="103"/>
+      <c r="E42" s="103"/>
+      <c r="F42" s="103"/>
+      <c r="G42" s="103"/>
+      <c r="H42" s="103"/>
+      <c r="I42" s="103"/>
+      <c r="J42" s="103"/>
+      <c r="L42" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M42" s="55" t="s">
+        <v>129</v>
+      </c>
+      <c r="N42" s="55"/>
+      <c r="O42" s="55"/>
+      <c r="P42" s="55"/>
+    </row>
+    <row r="43" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="11"/>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="13"/>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="L43" s="56"/>
+      <c r="M43" s="55"/>
+      <c r="N43" s="55"/>
+      <c r="O43" s="55"/>
+      <c r="P43" s="55"/>
+    </row>
+    <row r="44" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="106" t="s">
+        <v>130</v>
+      </c>
+      <c r="B44" s="106"/>
+      <c r="C44" s="106"/>
+      <c r="D44" s="106"/>
+      <c r="E44" s="106"/>
+      <c r="F44" s="106"/>
+      <c r="G44" s="106"/>
+      <c r="H44" s="106"/>
+      <c r="I44" s="106"/>
+      <c r="L44" s="54" t="s">
+        <v>131</v>
+      </c>
+      <c r="M44" s="55"/>
+      <c r="N44" s="55"/>
+      <c r="O44" s="55"/>
+      <c r="P44" s="55"/>
+    </row>
+    <row r="45" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="11"/>
+      <c r="B45" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="L45" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M45" s="92" t="s">
+        <v>133</v>
+      </c>
+      <c r="N45" s="92"/>
+      <c r="O45" s="92"/>
+      <c r="P45" s="92"/>
+    </row>
+    <row r="46" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="11"/>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="L46" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M46" s="55" t="s">
+        <v>134</v>
+      </c>
+      <c r="N46" s="57"/>
+      <c r="O46" s="57"/>
+      <c r="P46" s="57"/>
+    </row>
+    <row r="47" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="11"/>
+      <c r="B47" s="11"/>
+      <c r="C47" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="L47" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M47" s="92" t="s">
+        <v>135</v>
+      </c>
+      <c r="N47" s="92"/>
+      <c r="O47" s="92"/>
+      <c r="P47" s="92"/>
+    </row>
+    <row r="48" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="11"/>
+      <c r="B48" s="11"/>
+      <c r="C48" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D48" s="11"/>
+      <c r="E48" s="11"/>
+      <c r="F48" s="11"/>
+      <c r="G48" s="11"/>
+      <c r="H48" s="11"/>
+      <c r="L48" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M48" s="92" t="s">
+        <v>136</v>
+      </c>
+      <c r="N48" s="92"/>
+      <c r="O48" s="92"/>
+      <c r="P48" s="92"/>
+    </row>
+    <row r="49" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="11"/>
+      <c r="B49" s="11"/>
+      <c r="C49" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+      <c r="L49" s="67"/>
+      <c r="M49" s="65" t="s">
         <v>89</v>
       </c>
-      <c r="M1" s="86"/>
-[...26 lines deleted...]
-      <c r="A3" s="9" t="s">
+      <c r="N49" s="92" t="s">
+        <v>137</v>
+      </c>
+      <c r="O49" s="92"/>
+      <c r="P49" s="92"/>
+    </row>
+    <row r="50" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="11"/>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
+      <c r="L50" s="56"/>
+      <c r="M50" s="55"/>
+      <c r="N50" s="55"/>
+      <c r="O50" s="55"/>
+      <c r="P50" s="55"/>
+    </row>
+    <row r="51" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="11"/>
+      <c r="B51" s="11"/>
+      <c r="C51" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D51" s="11"/>
+      <c r="E51" s="11"/>
+      <c r="F51" s="11"/>
+      <c r="G51" s="11"/>
+      <c r="H51" s="11"/>
+      <c r="L51" s="54" t="s">
+        <v>138</v>
+      </c>
+      <c r="M51" s="73"/>
+      <c r="N51" s="73"/>
+      <c r="O51" s="73"/>
+      <c r="P51" s="73"/>
+    </row>
+    <row r="52" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="11"/>
+      <c r="B52" s="11"/>
+      <c r="C52" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" s="11"/>
+      <c r="E52" s="11"/>
+      <c r="F52" s="11"/>
+      <c r="G52" s="11"/>
+      <c r="H52" s="11"/>
+      <c r="L52" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M52" s="92" t="s">
+        <v>139</v>
+      </c>
+      <c r="N52" s="92"/>
+      <c r="O52" s="92"/>
+      <c r="P52" s="92"/>
+    </row>
+    <row r="53" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="11"/>
+      <c r="B53" s="11"/>
+      <c r="C53" s="11"/>
+      <c r="D53" s="103" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" s="103"/>
+      <c r="F53" s="103"/>
+      <c r="G53" s="103"/>
+      <c r="H53" s="103"/>
+      <c r="I53" s="103"/>
+      <c r="J53" s="103"/>
+      <c r="L53" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M53" s="92" t="s">
+        <v>140</v>
+      </c>
+      <c r="N53" s="92"/>
+      <c r="O53" s="92"/>
+      <c r="P53" s="92"/>
+    </row>
+    <row r="54" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="11"/>
+      <c r="B54" s="11"/>
+      <c r="C54" s="11"/>
+      <c r="D54" s="20"/>
+      <c r="E54" s="20"/>
+      <c r="F54" s="20"/>
+      <c r="G54" s="20"/>
+      <c r="H54" s="20"/>
+      <c r="I54" s="20"/>
+      <c r="J54" s="20"/>
+      <c r="L54" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M54" s="92" t="s">
+        <v>141</v>
+      </c>
+      <c r="N54" s="92"/>
+      <c r="O54" s="92"/>
+      <c r="P54" s="92"/>
+    </row>
+    <row r="55" spans="1:16" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="11"/>
+      <c r="B55" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
+      <c r="L55" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M55" s="92" t="s">
+        <v>142</v>
+      </c>
+      <c r="N55" s="92"/>
+      <c r="O55" s="92"/>
+      <c r="P55" s="92"/>
+    </row>
+    <row r="56" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="11"/>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="L56" s="56"/>
+      <c r="M56" s="55"/>
+      <c r="N56" s="55"/>
+      <c r="O56" s="55"/>
+      <c r="P56" s="55"/>
+    </row>
+    <row r="57" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="11"/>
+      <c r="B57" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C57" s="11"/>
+      <c r="D57" s="11"/>
+      <c r="E57" s="11"/>
+      <c r="F57" s="11"/>
+      <c r="G57" s="11"/>
+      <c r="H57" s="11"/>
+      <c r="L57" s="54" t="s">
+        <v>144</v>
+      </c>
+      <c r="M57" s="55"/>
+      <c r="N57" s="55"/>
+      <c r="O57" s="55"/>
+      <c r="P57" s="55"/>
+    </row>
+    <row r="58" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="11"/>
+      <c r="B58" s="11"/>
+      <c r="C58" s="11"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="11"/>
+      <c r="F58" s="11"/>
+      <c r="G58" s="11"/>
+      <c r="H58" s="11"/>
+      <c r="L58" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M58" s="92" t="s">
+        <v>145</v>
+      </c>
+      <c r="N58" s="92"/>
+      <c r="O58" s="92"/>
+      <c r="P58" s="92"/>
+    </row>
+    <row r="59" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="11"/>
+      <c r="B59" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C59" s="11"/>
+      <c r="D59" s="11"/>
+      <c r="E59" s="11"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="11"/>
+      <c r="H59" s="11"/>
+      <c r="L59" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M59" s="92" t="s">
+        <v>146</v>
+      </c>
+      <c r="N59" s="92"/>
+      <c r="O59" s="92"/>
+      <c r="P59" s="92"/>
+    </row>
+    <row r="60" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="11"/>
+      <c r="B60" s="11"/>
+      <c r="C60" s="11"/>
+      <c r="D60" s="11"/>
+      <c r="E60" s="11"/>
+      <c r="F60" s="11"/>
+      <c r="G60" s="11"/>
+      <c r="H60" s="11"/>
+      <c r="L60" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M60" s="92" t="s">
+        <v>147</v>
+      </c>
+      <c r="N60" s="92"/>
+      <c r="O60" s="92"/>
+      <c r="P60" s="92"/>
+    </row>
+    <row r="61" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="11"/>
+      <c r="B61" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C61" s="11"/>
+      <c r="D61" s="11"/>
+      <c r="E61" s="11"/>
+      <c r="F61" s="11"/>
+      <c r="G61" s="11"/>
+      <c r="H61" s="11"/>
+      <c r="L61" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M61" s="92" t="s">
+        <v>148</v>
+      </c>
+      <c r="N61" s="92"/>
+      <c r="O61" s="92"/>
+      <c r="P61" s="92"/>
+    </row>
+    <row r="62" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="11"/>
+      <c r="B62" s="11"/>
+      <c r="C62" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D62" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E62" s="11"/>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
+      <c r="L62" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M62" s="92" t="s">
+        <v>149</v>
+      </c>
+      <c r="N62" s="92"/>
+      <c r="O62" s="92"/>
+      <c r="P62" s="92"/>
+    </row>
+    <row r="63" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="11"/>
+      <c r="B63" s="11"/>
+      <c r="C63" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E63" s="11"/>
+      <c r="F63" s="11"/>
+      <c r="G63" s="11"/>
+      <c r="H63" s="11"/>
+      <c r="L63" s="58"/>
+      <c r="M63" s="58"/>
+      <c r="N63" s="58"/>
+      <c r="O63" s="58"/>
+      <c r="P63" s="58"/>
+    </row>
+    <row r="64" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="11"/>
+      <c r="B64" s="11"/>
+      <c r="C64" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E64" s="11"/>
+      <c r="F64" s="11"/>
+      <c r="G64" s="11"/>
+      <c r="H64" s="11"/>
+      <c r="L64" s="74" t="s">
+        <v>150</v>
+      </c>
+      <c r="M64" s="58"/>
+      <c r="N64" s="58"/>
+      <c r="O64" s="58"/>
+      <c r="P64" s="58"/>
+    </row>
+    <row r="65" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="11"/>
+      <c r="B65" s="11"/>
+      <c r="C65" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E65" s="11"/>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
+      <c r="L65" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M65" s="92" t="s">
+        <v>151</v>
+      </c>
+      <c r="N65" s="92"/>
+      <c r="O65" s="92"/>
+      <c r="P65" s="92"/>
+    </row>
+    <row r="66" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="11"/>
+      <c r="B66" s="11"/>
+      <c r="C66" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D66" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E66" s="11"/>
+      <c r="F66" s="11"/>
+      <c r="G66" s="11"/>
+      <c r="H66" s="11"/>
+      <c r="L66" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M66" s="92" t="s">
+        <v>152</v>
+      </c>
+      <c r="N66" s="92"/>
+      <c r="O66" s="92"/>
+      <c r="P66" s="92"/>
+    </row>
+    <row r="67" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="11"/>
+      <c r="B67" s="11"/>
+      <c r="C67" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E67" s="11"/>
+      <c r="F67" s="11"/>
+      <c r="G67" s="11"/>
+      <c r="H67" s="11"/>
+      <c r="L67" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M67" s="92" t="s">
+        <v>153</v>
+      </c>
+      <c r="N67" s="92"/>
+      <c r="O67" s="92"/>
+      <c r="P67" s="92"/>
+    </row>
+    <row r="68" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="11"/>
+      <c r="B68" s="11"/>
+      <c r="C68" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D68" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E68" s="11"/>
+      <c r="F68" s="11"/>
+      <c r="G68" s="11"/>
+      <c r="H68" s="11"/>
+      <c r="L68" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M68" s="108" t="s">
+        <v>154</v>
+      </c>
+      <c r="N68" s="108"/>
+      <c r="O68" s="108"/>
+      <c r="P68" s="108"/>
+    </row>
+    <row r="69" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="11"/>
+      <c r="B69" s="11"/>
+      <c r="C69" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E69" s="11"/>
+      <c r="F69" s="11"/>
+      <c r="G69" s="11"/>
+      <c r="H69" s="11"/>
+      <c r="L69" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M69" s="92" t="s">
+        <v>155</v>
+      </c>
+      <c r="N69" s="92"/>
+      <c r="O69" s="92"/>
+      <c r="P69" s="92"/>
+    </row>
+    <row r="70" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="11"/>
+      <c r="B70" s="11"/>
+      <c r="C70" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E70" s="11"/>
+      <c r="F70" s="11"/>
+      <c r="G70" s="11"/>
+      <c r="H70" s="11"/>
+      <c r="L70" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M70" s="92" t="s">
+        <v>156</v>
+      </c>
+      <c r="N70" s="92"/>
+      <c r="O70" s="92"/>
+      <c r="P70" s="92"/>
+    </row>
+    <row r="71" spans="1:16" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="A71" s="11"/>
+      <c r="B71" s="11"/>
+      <c r="C71" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E71" s="11"/>
+      <c r="F71" s="11"/>
+      <c r="G71" s="11"/>
+      <c r="H71" s="11"/>
+      <c r="L71" s="67"/>
+      <c r="M71" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N71" s="92" t="s">
+        <v>157</v>
+      </c>
+      <c r="O71" s="92"/>
+      <c r="P71" s="92"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A72" s="11"/>
+      <c r="B72" s="11"/>
+      <c r="C72" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="80" t="s">
+      <c r="D72" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E72" s="11"/>
+      <c r="F72" s="11"/>
+      <c r="G72" s="11"/>
+      <c r="H72" s="11"/>
+      <c r="L72" s="67"/>
+      <c r="M72" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N72" s="92" t="s">
+        <v>158</v>
+      </c>
+      <c r="O72" s="92"/>
+      <c r="P72" s="92"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A73" s="11"/>
+      <c r="B73" s="11"/>
+      <c r="C73" s="11"/>
+      <c r="D73" s="11"/>
+      <c r="E73" s="11"/>
+      <c r="F73" s="11"/>
+      <c r="G73" s="11"/>
+      <c r="H73" s="11"/>
+      <c r="L73" s="67"/>
+      <c r="M73" s="65"/>
+      <c r="N73" s="57"/>
+      <c r="O73" s="57"/>
+      <c r="P73" s="57"/>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A74" s="11"/>
+      <c r="B74" s="11"/>
+      <c r="C74" s="11"/>
+      <c r="D74" s="11"/>
+      <c r="E74" s="11"/>
+      <c r="F74" s="11"/>
+      <c r="G74" s="11"/>
+      <c r="H74" s="11"/>
+      <c r="L74" s="54" t="s">
+        <v>159</v>
+      </c>
+      <c r="M74" s="55"/>
+      <c r="N74" s="55"/>
+      <c r="O74" s="55"/>
+      <c r="P74" s="55"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A75" s="11"/>
+      <c r="B75" s="11"/>
+      <c r="C75" s="11"/>
+      <c r="D75" s="11"/>
+      <c r="E75" s="11"/>
+      <c r="F75" s="11"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="11"/>
+      <c r="L75" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M75" s="92" t="s">
+        <v>160</v>
+      </c>
+      <c r="N75" s="92"/>
+      <c r="O75" s="92"/>
+      <c r="P75" s="92"/>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A76" s="11"/>
+      <c r="B76" s="97"/>
+      <c r="C76" s="97"/>
+      <c r="D76" s="97"/>
+      <c r="E76" s="97"/>
+      <c r="F76" s="97"/>
+      <c r="G76" s="97"/>
+      <c r="H76" s="97"/>
+      <c r="L76" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M76" s="92" t="s">
+        <v>161</v>
+      </c>
+      <c r="N76" s="92"/>
+      <c r="O76" s="92"/>
+      <c r="P76" s="92"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A77" s="11"/>
+      <c r="B77" s="11"/>
+      <c r="C77" s="11"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="11"/>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="L77" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M77" s="92" t="s">
+        <v>162</v>
+      </c>
+      <c r="N77" s="92"/>
+      <c r="O77" s="92"/>
+      <c r="P77" s="92"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A78" s="11"/>
+      <c r="B78" s="11"/>
+      <c r="C78" s="11"/>
+      <c r="D78" s="11"/>
+      <c r="E78" s="11"/>
+      <c r="F78" s="15"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="11"/>
+      <c r="L78" s="56"/>
+      <c r="M78" s="55"/>
+      <c r="N78" s="55"/>
+      <c r="O78" s="55"/>
+      <c r="P78" s="55"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A79" s="11"/>
+      <c r="B79" s="11"/>
+      <c r="C79" s="11"/>
+      <c r="D79" s="11"/>
+      <c r="E79" s="11"/>
+      <c r="F79" s="11"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="11"/>
+      <c r="L79" s="61" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" ht="31" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="11"/>
+      <c r="B80" s="11"/>
+      <c r="C80" s="11"/>
+      <c r="D80" s="11"/>
+      <c r="E80" s="11"/>
+      <c r="F80" s="11"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="11"/>
+      <c r="L80" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M80" s="92" t="s">
+        <v>164</v>
+      </c>
+      <c r="N80" s="92"/>
+      <c r="O80" s="92"/>
+      <c r="P80" s="92"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A81" s="11"/>
+      <c r="B81" s="11"/>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="11"/>
+      <c r="F81" s="11"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="11"/>
+      <c r="L81" s="67"/>
+      <c r="M81" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N81" s="92" t="s">
+        <v>165</v>
+      </c>
+      <c r="O81" s="92"/>
+      <c r="P81" s="92"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A82" s="11"/>
+      <c r="B82" s="11"/>
+      <c r="C82" s="11"/>
+      <c r="D82" s="11"/>
+      <c r="E82" s="11"/>
+      <c r="F82" s="11"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="11"/>
+      <c r="L82" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M82" s="110" t="s">
+        <v>166</v>
+      </c>
+      <c r="N82" s="110"/>
+      <c r="O82" s="110"/>
+      <c r="P82" s="110"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A83" s="11"/>
+      <c r="B83" s="11"/>
+      <c r="C83" s="11"/>
+      <c r="D83" s="11"/>
+      <c r="E83" s="11"/>
+      <c r="F83" s="11"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="11"/>
+      <c r="L83" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M83" s="92" t="s">
+        <v>167</v>
+      </c>
+      <c r="N83" s="92"/>
+      <c r="O83" s="92"/>
+      <c r="P83" s="92"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A84" s="11"/>
+      <c r="B84" s="11"/>
+      <c r="C84" s="11"/>
+      <c r="D84" s="11"/>
+      <c r="E84" s="11"/>
+      <c r="F84" s="15"/>
+      <c r="G84" s="11"/>
+      <c r="H84" s="11"/>
+      <c r="L84" s="56"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L85" s="54" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L86" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M86" s="75" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L87" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M87" s="92" t="s">
+        <v>170</v>
+      </c>
+      <c r="N87" s="92"/>
+      <c r="O87" s="92"/>
+      <c r="P87" s="92"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="M88" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N88" s="109" t="s">
+        <v>171</v>
+      </c>
+      <c r="O88" s="109"/>
+      <c r="P88" s="109"/>
+    </row>
+    <row r="89" spans="1:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L89" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M89" s="92" t="s">
+        <v>172</v>
+      </c>
+      <c r="N89" s="92"/>
+      <c r="O89" s="92"/>
+      <c r="P89" s="92"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L90" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M90" s="92" t="s">
+        <v>173</v>
+      </c>
+      <c r="N90" s="92"/>
+      <c r="O90" s="92"/>
+      <c r="P90" s="92"/>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L91" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M91" s="92" t="s">
+        <v>174</v>
+      </c>
+      <c r="N91" s="92"/>
+      <c r="O91" s="92"/>
+      <c r="P91" s="92"/>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L92" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M92" s="92" t="s">
+        <v>175</v>
+      </c>
+      <c r="N92" s="92"/>
+      <c r="O92" s="92"/>
+      <c r="P92" s="92"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L93" s="77" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L95" s="54" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="L96" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M96" s="92" t="s">
+        <v>178</v>
+      </c>
+      <c r="N96" s="92"/>
+      <c r="O96" s="92"/>
+      <c r="P96" s="92"/>
+    </row>
+    <row r="97" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L97" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M97" s="92" t="s">
+        <v>179</v>
+      </c>
+      <c r="N97" s="92"/>
+      <c r="O97" s="92"/>
+      <c r="P97" s="92"/>
+    </row>
+    <row r="98" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L98" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M98" s="92" t="s">
+        <v>180</v>
+      </c>
+      <c r="N98" s="92"/>
+      <c r="O98" s="92"/>
+      <c r="P98" s="92"/>
+    </row>
+    <row r="99" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L99" s="21"/>
+    </row>
+    <row r="100" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L100" s="61" t="s">
+        <v>181</v>
+      </c>
+      <c r="M100" s="57"/>
+      <c r="N100" s="57"/>
+      <c r="O100" s="57"/>
+      <c r="P100" s="57"/>
+    </row>
+    <row r="101" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L101" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M101" s="92" t="s">
+        <v>182</v>
+      </c>
+      <c r="N101" s="92"/>
+      <c r="O101" s="92"/>
+      <c r="P101" s="92"/>
+    </row>
+    <row r="102" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L102" s="56"/>
+      <c r="M102" s="55"/>
+      <c r="N102" s="60" t="s">
+        <v>83</v>
+      </c>
+      <c r="O102" s="55"/>
+      <c r="P102" s="55"/>
+    </row>
+    <row r="103" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L103" s="56"/>
+      <c r="M103" s="78" t="s">
+        <v>183</v>
+      </c>
+      <c r="N103" s="79"/>
+      <c r="O103" s="55"/>
+      <c r="P103" s="55"/>
+    </row>
+    <row r="104" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L104" s="56"/>
+      <c r="M104" s="111" t="s">
+        <v>184</v>
+      </c>
+      <c r="N104" s="111"/>
+      <c r="O104" s="111"/>
+      <c r="P104" s="68" t="s">
         <v>185</v>
       </c>
-      <c r="C3" s="80"/>
-[...10 lines deleted...]
-      <c r="M3" s="97" t="s">
+    </row>
+    <row r="105" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L105" s="56"/>
+      <c r="M105" s="111" t="s">
+        <v>186</v>
+      </c>
+      <c r="N105" s="111"/>
+      <c r="O105" s="111"/>
+      <c r="P105" s="68" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="106" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L106" s="56"/>
+      <c r="M106" s="111" t="s">
+        <v>188</v>
+      </c>
+      <c r="N106" s="111"/>
+      <c r="O106" s="111"/>
+      <c r="P106" s="68" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="107" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L107" s="56"/>
+      <c r="M107" s="111" t="s">
+        <v>190</v>
+      </c>
+      <c r="N107" s="111"/>
+      <c r="O107" s="111"/>
+      <c r="P107" s="68" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="108" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L108" s="56"/>
+      <c r="M108" s="111" t="s">
+        <v>192</v>
+      </c>
+      <c r="N108" s="111"/>
+      <c r="O108" s="111"/>
+      <c r="P108" s="35" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="109" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L109" s="56"/>
+      <c r="M109" s="111" t="s">
+        <v>194</v>
+      </c>
+      <c r="N109" s="111"/>
+      <c r="O109" s="111"/>
+      <c r="P109" s="68" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="110" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L110" s="56"/>
+      <c r="M110" s="111" t="s">
+        <v>196</v>
+      </c>
+      <c r="N110" s="111"/>
+      <c r="O110" s="111"/>
+      <c r="P110" s="68" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="111" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L111" s="56"/>
+      <c r="M111" s="111" t="s">
+        <v>198</v>
+      </c>
+      <c r="N111" s="111"/>
+      <c r="O111" s="111"/>
+      <c r="P111" s="68" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="112" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L112" s="56"/>
+      <c r="M112" s="111" t="s">
+        <v>200</v>
+      </c>
+      <c r="N112" s="111"/>
+      <c r="O112" s="111"/>
+      <c r="P112" s="68" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="113" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L113" s="56"/>
+      <c r="M113" s="111" t="s">
+        <v>202</v>
+      </c>
+      <c r="N113" s="111"/>
+      <c r="O113" s="111"/>
+      <c r="P113" s="68" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="114" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L114" s="56"/>
+      <c r="M114" s="111" t="s">
+        <v>204</v>
+      </c>
+      <c r="N114" s="111"/>
+      <c r="O114" s="111"/>
+      <c r="P114" s="68" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="115" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L115" s="56"/>
+      <c r="M115" s="111" t="s">
+        <v>206</v>
+      </c>
+      <c r="N115" s="111"/>
+      <c r="O115" s="111"/>
+      <c r="P115" s="68" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="116" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L116" s="56"/>
+      <c r="M116" s="111" t="s">
+        <v>208</v>
+      </c>
+      <c r="N116" s="111"/>
+      <c r="O116" s="111"/>
+      <c r="P116" s="68" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="117" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L117" s="56"/>
+      <c r="M117" s="111" t="s">
+        <v>210</v>
+      </c>
+      <c r="N117" s="111"/>
+      <c r="O117" s="111"/>
+      <c r="P117" s="68" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="118" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L118" s="56"/>
+      <c r="M118" s="112" t="s">
+        <v>212</v>
+      </c>
+      <c r="N118" s="112"/>
+      <c r="O118" s="112"/>
+      <c r="P118" s="68" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="119" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L119" s="56"/>
+      <c r="M119" s="111" t="s">
+        <v>214</v>
+      </c>
+      <c r="N119" s="111"/>
+      <c r="O119" s="111"/>
+      <c r="P119" s="68" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="120" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L120" s="56"/>
+      <c r="M120" s="112" t="s">
+        <v>216</v>
+      </c>
+      <c r="N120" s="112"/>
+      <c r="O120" s="112"/>
+      <c r="P120" s="68" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="121" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L121" s="56"/>
+      <c r="M121" s="112" t="s">
+        <v>218</v>
+      </c>
+      <c r="N121" s="112"/>
+      <c r="O121" s="112"/>
+      <c r="P121" s="68" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="122" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L122" s="56"/>
+      <c r="M122" s="112" t="s">
+        <v>220</v>
+      </c>
+      <c r="N122" s="112"/>
+      <c r="O122" s="112"/>
+      <c r="P122" s="68" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="123" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L123" s="56"/>
+      <c r="M123" s="112" t="s">
+        <v>222</v>
+      </c>
+      <c r="N123" s="112"/>
+      <c r="O123" s="112"/>
+      <c r="P123" s="68" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="124" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L124" s="56"/>
+      <c r="M124" s="112" t="s">
+        <v>224</v>
+      </c>
+      <c r="N124" s="112"/>
+      <c r="O124" s="112"/>
+      <c r="P124" s="68" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="125" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L125" s="56"/>
+      <c r="M125" s="112" t="s">
+        <v>226</v>
+      </c>
+      <c r="N125" s="112"/>
+      <c r="O125" s="112"/>
+      <c r="P125" s="68" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="126" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L126" s="56"/>
+      <c r="M126" s="55"/>
+      <c r="N126" s="60"/>
+      <c r="O126" s="55"/>
+      <c r="P126" s="55"/>
+    </row>
+    <row r="127" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L127" s="61" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="128" spans="12:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L128" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M128" s="92" t="s">
+        <v>229</v>
+      </c>
+      <c r="N128" s="92"/>
+      <c r="O128" s="92"/>
+      <c r="P128" s="92"/>
+    </row>
+    <row r="129" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L129" s="67"/>
+      <c r="M129" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N129" s="92" t="s">
+        <v>230</v>
+      </c>
+      <c r="O129" s="92"/>
+      <c r="P129" s="92"/>
+    </row>
+    <row r="130" spans="12:16" ht="34" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L130" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M130" s="92" t="s">
+        <v>231</v>
+      </c>
+      <c r="N130" s="92"/>
+      <c r="O130" s="92"/>
+      <c r="P130" s="92"/>
+    </row>
+    <row r="131" spans="12:16" ht="49" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L131" s="67"/>
+      <c r="M131" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N131" s="92" t="s">
+        <v>232</v>
+      </c>
+      <c r="O131" s="92"/>
+      <c r="P131" s="92"/>
+    </row>
+    <row r="132" spans="12:16" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L132" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M132" s="92" t="s">
+        <v>233</v>
+      </c>
+      <c r="N132" s="92"/>
+      <c r="O132" s="92"/>
+      <c r="P132" s="92"/>
+    </row>
+    <row r="134" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L134" s="54" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="135" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L135" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M135" s="92" t="s">
+        <v>235</v>
+      </c>
+      <c r="N135" s="92"/>
+      <c r="O135" s="92"/>
+      <c r="P135" s="92"/>
+    </row>
+    <row r="136" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M136" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N136" s="109" t="s">
+        <v>236</v>
+      </c>
+      <c r="O136" s="109"/>
+      <c r="P136" s="109"/>
+    </row>
+    <row r="137" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O137" s="109" t="s">
+        <v>237</v>
+      </c>
+      <c r="P137" s="109"/>
+    </row>
+    <row r="138" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M138" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N138" s="109" t="s">
+        <v>238</v>
+      </c>
+      <c r="O138" s="109"/>
+      <c r="P138" s="109"/>
+    </row>
+    <row r="139" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M139" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N139" s="109" t="s">
+        <v>239</v>
+      </c>
+      <c r="O139" s="109"/>
+      <c r="P139" s="109"/>
+    </row>
+    <row r="140" spans="12:16" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M140" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N140" s="109" t="s">
+        <v>240</v>
+      </c>
+      <c r="O140" s="109"/>
+      <c r="P140" s="109"/>
+    </row>
+    <row r="141" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M141" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N141" s="109" t="s">
+        <v>241</v>
+      </c>
+      <c r="O141" s="109"/>
+      <c r="P141" s="109"/>
+    </row>
+    <row r="142" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M142" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N142" s="109" t="s">
+        <v>242</v>
+      </c>
+      <c r="O142" s="109"/>
+      <c r="P142" s="109"/>
+    </row>
+    <row r="143" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L143" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M143" s="92" t="s">
+        <v>243</v>
+      </c>
+      <c r="N143" s="92"/>
+      <c r="O143" s="92"/>
+      <c r="P143" s="92"/>
+    </row>
+    <row r="144" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M144" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N144" s="109" t="s">
+        <v>244</v>
+      </c>
+      <c r="O144" s="109"/>
+      <c r="P144" s="109"/>
+    </row>
+    <row r="145" spans="12:16" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O145" s="114" t="s">
+        <v>245</v>
+      </c>
+      <c r="P145" s="114"/>
+    </row>
+    <row r="146" spans="12:16" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M146" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N146" s="109" t="s">
+        <v>246</v>
+      </c>
+      <c r="O146" s="109"/>
+      <c r="P146" s="109"/>
+    </row>
+    <row r="147" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M147" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N147" s="109" t="s">
         <v>247</v>
       </c>
-      <c r="N3" s="96"/>
-[...590 lines deleted...]
-      <c r="C30" s="46" t="s">
+      <c r="O147" s="109"/>
+      <c r="P147" s="109"/>
+    </row>
+    <row r="148" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="L148" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="M148" s="92" t="s">
+        <v>248</v>
+      </c>
+      <c r="N148" s="92"/>
+      <c r="O148" s="92"/>
+      <c r="P148" s="92"/>
+    </row>
+    <row r="149" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M149" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N149" s="109" t="s">
+        <v>249</v>
+      </c>
+      <c r="O149" s="109"/>
+      <c r="P149" s="109"/>
+    </row>
+    <row r="150" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O150" s="109" t="s">
+        <v>250</v>
+      </c>
+      <c r="P150" s="109"/>
+    </row>
+    <row r="151" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="O151" s="109" t="s">
+        <v>251</v>
+      </c>
+      <c r="P151" s="109"/>
+    </row>
+    <row r="152" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M152" s="65" t="s">
+        <v>89</v>
+      </c>
+      <c r="N152" s="109" t="s">
+        <v>252</v>
+      </c>
+      <c r="O152" s="109"/>
+      <c r="P152" s="109"/>
+    </row>
+    <row r="153" spans="12:16" x14ac:dyDescent="0.2">
+      <c r="M153" s="65"/>
+      <c r="N153" s="76"/>
+      <c r="O153" s="76"/>
+      <c r="P153" s="76"/>
+    </row>
+    <row r="154" spans="12:16" ht="106" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L154" s="113" t="s">
         <v>253</v>
       </c>
-      <c r="D30" s="76" t="s">
-[...1758 lines deleted...]
-      <c r="P154" s="90"/>
+      <c r="M154" s="113"/>
+      <c r="N154" s="113"/>
+      <c r="O154" s="113"/>
+      <c r="P154" s="113"/>
     </row>
   </sheetData>
   <mergeCells count="127">
-    <mergeCell ref="B5:D5"/>
-[...23 lines deleted...]
-    <mergeCell ref="N140:P140"/>
+    <mergeCell ref="L154:P154"/>
+    <mergeCell ref="N147:P147"/>
+    <mergeCell ref="M148:P148"/>
+    <mergeCell ref="N149:P149"/>
+    <mergeCell ref="O150:P150"/>
+    <mergeCell ref="O151:P151"/>
+    <mergeCell ref="N152:P152"/>
     <mergeCell ref="N141:P141"/>
     <mergeCell ref="N142:P142"/>
     <mergeCell ref="M143:P143"/>
     <mergeCell ref="N144:P144"/>
-    <mergeCell ref="M135:P135"/>
-[...6 lines deleted...]
-    <mergeCell ref="L154:P154"/>
     <mergeCell ref="O145:P145"/>
     <mergeCell ref="N146:P146"/>
-    <mergeCell ref="N147:P147"/>
-[...8 lines deleted...]
-    <mergeCell ref="M67:P67"/>
+    <mergeCell ref="M135:P135"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="O137:P137"/>
+    <mergeCell ref="N138:P138"/>
     <mergeCell ref="N139:P139"/>
+    <mergeCell ref="N140:P140"/>
+    <mergeCell ref="M125:O125"/>
     <mergeCell ref="M128:P128"/>
     <mergeCell ref="N129:P129"/>
     <mergeCell ref="M130:P130"/>
     <mergeCell ref="N131:P131"/>
-    <mergeCell ref="M92:P92"/>
-[...52 lines deleted...]
-    <mergeCell ref="M118:O118"/>
+    <mergeCell ref="M132:P132"/>
     <mergeCell ref="M119:O119"/>
     <mergeCell ref="M120:O120"/>
     <mergeCell ref="M121:O121"/>
     <mergeCell ref="M122:O122"/>
     <mergeCell ref="M123:O123"/>
+    <mergeCell ref="M124:O124"/>
+    <mergeCell ref="M113:O113"/>
+    <mergeCell ref="M114:O114"/>
     <mergeCell ref="M115:O115"/>
     <mergeCell ref="M116:O116"/>
     <mergeCell ref="M117:O117"/>
-    <mergeCell ref="M114:O114"/>
+    <mergeCell ref="M118:O118"/>
+    <mergeCell ref="M107:O107"/>
+    <mergeCell ref="M108:O108"/>
+    <mergeCell ref="M109:O109"/>
+    <mergeCell ref="M110:O110"/>
+    <mergeCell ref="M111:O111"/>
+    <mergeCell ref="M112:O112"/>
+    <mergeCell ref="M97:P97"/>
+    <mergeCell ref="M98:P98"/>
+    <mergeCell ref="M101:P101"/>
+    <mergeCell ref="M104:O104"/>
+    <mergeCell ref="M105:O105"/>
+    <mergeCell ref="M106:O106"/>
+    <mergeCell ref="N88:P88"/>
+    <mergeCell ref="M89:P89"/>
+    <mergeCell ref="M90:P90"/>
+    <mergeCell ref="M91:P91"/>
+    <mergeCell ref="M92:P92"/>
+    <mergeCell ref="M96:P96"/>
+    <mergeCell ref="M77:P77"/>
+    <mergeCell ref="M80:P80"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="M82:P82"/>
+    <mergeCell ref="M83:P83"/>
+    <mergeCell ref="M87:P87"/>
+    <mergeCell ref="M70:P70"/>
+    <mergeCell ref="N71:P71"/>
+    <mergeCell ref="N72:P72"/>
+    <mergeCell ref="M75:P75"/>
+    <mergeCell ref="B76:H76"/>
+    <mergeCell ref="M76:P76"/>
+    <mergeCell ref="M62:P62"/>
+    <mergeCell ref="M65:P65"/>
+    <mergeCell ref="M66:P66"/>
+    <mergeCell ref="M67:P67"/>
+    <mergeCell ref="M68:P68"/>
+    <mergeCell ref="M69:P69"/>
+    <mergeCell ref="M54:P54"/>
+    <mergeCell ref="M55:P55"/>
+    <mergeCell ref="M58:P58"/>
+    <mergeCell ref="M59:P59"/>
+    <mergeCell ref="M60:P60"/>
+    <mergeCell ref="M61:P61"/>
+    <mergeCell ref="M47:P47"/>
+    <mergeCell ref="M48:P48"/>
+    <mergeCell ref="N49:P49"/>
+    <mergeCell ref="M52:P52"/>
+    <mergeCell ref="D53:J53"/>
+    <mergeCell ref="M53:P53"/>
+    <mergeCell ref="C40:J40"/>
     <mergeCell ref="C41:J41"/>
+    <mergeCell ref="M41:P41"/>
+    <mergeCell ref="B42:J42"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="M45:P45"/>
+    <mergeCell ref="D32:J32"/>
+    <mergeCell ref="M32:P32"/>
+    <mergeCell ref="D34:J35"/>
+    <mergeCell ref="M34:P34"/>
+    <mergeCell ref="M35:P35"/>
+    <mergeCell ref="M36:P36"/>
+    <mergeCell ref="D28:J28"/>
+    <mergeCell ref="M28:P28"/>
+    <mergeCell ref="M29:P29"/>
+    <mergeCell ref="D30:J30"/>
+    <mergeCell ref="M30:P30"/>
+    <mergeCell ref="M31:P31"/>
+    <mergeCell ref="N16:P16"/>
+    <mergeCell ref="M20:P20"/>
+    <mergeCell ref="M22:P22"/>
+    <mergeCell ref="M23:P23"/>
+    <mergeCell ref="M24:P24"/>
+    <mergeCell ref="B26:J26"/>
+    <mergeCell ref="M14:P14"/>
     <mergeCell ref="B15:H15"/>
-    <mergeCell ref="D53:J53"/>
-[...6 lines deleted...]
-    <mergeCell ref="D34:J35"/>
+    <mergeCell ref="M15:P15"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="M6:P6"/>
+    <mergeCell ref="B8:J8"/>
+    <mergeCell ref="B9:J9"/>
+    <mergeCell ref="M9:P9"/>
+    <mergeCell ref="N10:P10"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="L1:P1"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="B4:J4"/>
+    <mergeCell ref="M4:P4"/>
+    <mergeCell ref="M11:P11"/>
+    <mergeCell ref="M12:P12"/>
+    <mergeCell ref="N13:P13"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E5" r:id="rId1" xr:uid="{A3E48458-716D-C34B-9724-09257575BC93}"/>
-[...4 lines deleted...]
-    <hyperlink ref="N102" r:id="rId6" xr:uid="{138A4FFE-B8D2-2A4F-A39E-034BC119D1C8}"/>
+    <hyperlink ref="E5" r:id="rId1" xr:uid="{E7381A4A-B72F-E04A-8544-E8E214424995}"/>
+    <hyperlink ref="C10" r:id="rId2" xr:uid="{7D91C95A-98B2-0A49-810D-39E76C8DBEBA}"/>
+    <hyperlink ref="N5" r:id="rId3" xr:uid="{46BB6191-4CEE-254B-B806-4BDEB962E5D5}"/>
+    <hyperlink ref="N33" r:id="rId4" xr:uid="{95708A56-B4EA-574E-9947-E501AE722F14}"/>
+    <hyperlink ref="N21" r:id="rId5" xr:uid="{14CC112E-E0C0-C54B-BA8E-A2F2CA3148E0}"/>
+    <hyperlink ref="N102" r:id="rId6" xr:uid="{ED2EB3C4-CFF7-8441-BB57-5EF22F82DCF9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5140D783-F552-419E-9247-96BF9BC1E231}">
-[...1 lines deleted...]
-  <dimension ref="A1:AC113"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6DDCFD5-E201-E249-92C1-5E52DEE5595B}">
+  <sheetPr codeName="Sheet4"/>
+  <dimension ref="A1:U114"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="K1" sqref="K1:V1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="19" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.6640625" style="1" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="25" max="16384" width="9.1640625" style="1"/>
+    <col min="1" max="1" width="8.6640625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="14.1640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="18.33203125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="52.83203125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="10.6640625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="12.33203125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="35.5" style="2" customWidth="1"/>
+    <col min="8" max="8" width="16.5" style="2" customWidth="1"/>
+    <col min="9" max="9" width="20.6640625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="10.5" style="10" customWidth="1"/>
+    <col min="11" max="11" width="19.1640625" hidden="1" customWidth="1"/>
+    <col min="12" max="13" width="19.1640625" style="2" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="18.83203125" style="2" hidden="1" customWidth="1"/>
+    <col min="15" max="19" width="14.1640625" style="2" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="14.83203125" style="2" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="14.5" style="2" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="69" x14ac:dyDescent="0.25">
-      <c r="B1" s="44" t="s">
+    <row r="1" spans="1:21" ht="52" x14ac:dyDescent="0.25">
+      <c r="A1" s="5"/>
+      <c r="B1" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="101"/>
-[...33 lines deleted...]
-      <c r="M2" s="33" t="s">
+      <c r="C1" s="117"/>
+      <c r="D1" s="118"/>
+      <c r="E1" s="118"/>
+      <c r="F1" s="118"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="K1" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="L1" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="M1" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="O1" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="O2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="P2" s="4" t="s">
+      <c r="Q1" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="R1" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="S1" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="T1" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="U1" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21" ht="35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="5"/>
+      <c r="B2" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" s="117"/>
+      <c r="D2" s="118"/>
+      <c r="E2" s="118"/>
+      <c r="F2" s="118"/>
+      <c r="G2" s="119"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="K2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="M2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="Q2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="R2" s="4" t="s">
+      <c r="O2" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="R2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="S2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="T2" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="U2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A3" s="5"/>
+      <c r="B3" s="48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="117"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="119"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="K3" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="L3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="M3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="P3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="R3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="S3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="U3" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5"/>
+      <c r="B4" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="117"/>
+      <c r="D4" s="118"/>
+      <c r="E4" s="118"/>
+      <c r="F4" s="118"/>
+      <c r="G4" s="119"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="K4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="L4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="T2" s="4" t="s">
+      <c r="M4" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="P4" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="R4" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="S4" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="U4" s="33" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A5" s="5"/>
+      <c r="B5" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="117"/>
+      <c r="D5" s="118"/>
+      <c r="E5" s="118"/>
+      <c r="F5" s="118"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="K5" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="L5" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="U2" s="4" t="s">
+      <c r="M5" s="2" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A6" s="5"/>
+      <c r="B6" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="120"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="122"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="K6" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="L6" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...125 lines deleted...]
-      <c r="L6" s="33" t="s">
+      <c r="M6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="M6" s="33" t="s">
+    </row>
+    <row r="7" spans="1:21" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5"/>
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="K7" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...6 lines deleted...]
-    <row r="8" spans="1:29" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M7"/>
+    </row>
+    <row r="8" spans="1:21" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
-      <c r="K8" s="33"/>
-[...21 lines deleted...]
-      <c r="C10" s="66" t="s">
+      <c r="J8"/>
+    </row>
+    <row r="9" spans="1:21" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
+      <c r="B9" s="115" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" s="115"/>
+      <c r="D9" s="115"/>
+      <c r="E9" s="115"/>
+      <c r="F9" s="116"/>
+      <c r="G9" s="49"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9"/>
+    </row>
+    <row r="10" spans="1:21" ht="109" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="50" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="67" t="s">
+      <c r="E10" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" s="31" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" s="31" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" s="31" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="J10"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11" s="7">
+        <v>1</v>
+      </c>
+      <c r="B11" s="8"/>
+      <c r="C11" s="8"/>
+      <c r="D11" s="53"/>
+      <c r="E11" s="51"/>
+      <c r="F11" s="28"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="8"/>
+      <c r="I11" s="9"/>
+      <c r="J11" s="30"/>
+      <c r="N11"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="7">
+        <v>2</v>
+      </c>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="52"/>
+      <c r="E12" s="51"/>
+      <c r="F12" s="28"/>
+      <c r="G12" s="26"/>
+      <c r="H12" s="8"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="30"/>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
+      <c r="U12"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A13" s="7">
+        <v>3</v>
+      </c>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="51"/>
+      <c r="F13" s="28"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="30"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A14" s="7">
+        <v>4</v>
+      </c>
+      <c r="B14" s="8"/>
+      <c r="C14" s="8"/>
+      <c r="D14" s="52"/>
+      <c r="E14" s="51"/>
+      <c r="F14" s="28"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="8"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="30"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A15" s="7">
+        <v>5</v>
+      </c>
+      <c r="B15" s="8"/>
+      <c r="C15" s="8"/>
+      <c r="D15" s="52"/>
+      <c r="E15" s="51"/>
+      <c r="F15" s="28"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="8"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="30"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A16" s="7">
+        <v>6</v>
+      </c>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="52"/>
+      <c r="E16" s="51"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="26"/>
+      <c r="H16" s="8"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="30"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="7">
+        <v>7</v>
+      </c>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="51"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="8"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="30"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="7">
+        <v>8</v>
+      </c>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="51"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="30"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="7">
+        <v>9</v>
+      </c>
+      <c r="B19" s="8"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="51"/>
+      <c r="F19" s="28"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="30"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="7">
+        <v>10</v>
+      </c>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="51"/>
+      <c r="F20" s="28"/>
+      <c r="G20" s="26"/>
+      <c r="H20" s="8"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="30"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="7">
+        <v>11</v>
+      </c>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="52"/>
+      <c r="E21" s="51"/>
+      <c r="F21" s="28"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="9"/>
+      <c r="J21" s="30"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="7">
+        <v>12</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="52"/>
+      <c r="E22" s="51"/>
+      <c r="F22" s="28"/>
+      <c r="G22" s="26"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="30"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="7">
+        <v>13</v>
+      </c>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="51"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="26"/>
+      <c r="H23" s="8"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="30"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="7">
+        <v>14</v>
+      </c>
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="51"/>
+      <c r="F24" s="28"/>
+      <c r="G24" s="26"/>
+      <c r="H24" s="8"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="30"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="7">
+        <v>15</v>
+      </c>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="52"/>
+      <c r="E25" s="51"/>
+      <c r="F25" s="28"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="30"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="7">
         <v>16</v>
       </c>
-      <c r="E10" s="66" t="s">
-[...320 lines deleted...]
-      <c r="A27" s="43">
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="52"/>
+      <c r="E26" s="51"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="30"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A27" s="7">
         <v>17</v>
       </c>
-      <c r="B27" s="54"/>
-[...12 lines deleted...]
-      <c r="A28" s="43">
+      <c r="B27" s="8"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="51"/>
+      <c r="F27" s="28"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="30"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A28" s="7">
         <v>18</v>
       </c>
-      <c r="B28" s="54"/>
-[...12 lines deleted...]
-      <c r="A29" s="43">
+      <c r="B28" s="8"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="52"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="30"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A29" s="7">
         <v>19</v>
       </c>
-      <c r="B29" s="54"/>
-[...12 lines deleted...]
-      <c r="A30" s="43">
+      <c r="B29" s="8"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="51"/>
+      <c r="F29" s="28"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="9"/>
+      <c r="J29" s="30"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A30" s="7">
         <v>20</v>
       </c>
-      <c r="B30" s="54"/>
-[...12 lines deleted...]
-      <c r="A31" s="43">
+      <c r="B30" s="8"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="52"/>
+      <c r="E30" s="51"/>
+      <c r="F30" s="28"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="8"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="30"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A31" s="7">
         <v>21</v>
       </c>
-      <c r="B31" s="29"/>
-[...17 lines deleted...]
-      <c r="A32" s="43">
+      <c r="B31" s="8"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="51"/>
+      <c r="F31" s="28"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="30"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A32" s="7">
         <v>22</v>
       </c>
-      <c r="B32" s="54"/>
-[...17 lines deleted...]
-      <c r="A33" s="43">
+      <c r="B32" s="8"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="52"/>
+      <c r="E32" s="51"/>
+      <c r="F32" s="28"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="8"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="30"/>
+    </row>
+    <row r="33" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A33" s="7">
         <v>23</v>
       </c>
-      <c r="B33" s="54"/>
-[...17 lines deleted...]
-      <c r="A34" s="43">
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="52"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="26"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="30"/>
+    </row>
+    <row r="34" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A34" s="7">
         <v>24</v>
       </c>
-      <c r="B34" s="54"/>
-[...17 lines deleted...]
-      <c r="A35" s="43">
+      <c r="B34" s="8"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="51"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="30"/>
+    </row>
+    <row r="35" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A35" s="7">
         <v>25</v>
       </c>
-      <c r="B35" s="54"/>
-[...17 lines deleted...]
-      <c r="A36" s="43">
+      <c r="B35" s="8"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="52"/>
+      <c r="E35" s="51"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="30"/>
+    </row>
+    <row r="36" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A36" s="7">
         <v>26</v>
       </c>
-      <c r="B36" s="29"/>
-[...17 lines deleted...]
-      <c r="A37" s="43">
+      <c r="B36" s="8"/>
+      <c r="C36" s="8"/>
+      <c r="D36" s="52"/>
+      <c r="E36" s="51"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="8"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="30"/>
+    </row>
+    <row r="37" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A37" s="7">
         <v>27</v>
       </c>
-      <c r="B37" s="54"/>
-[...17 lines deleted...]
-      <c r="A38" s="43">
+      <c r="B37" s="8"/>
+      <c r="C37" s="8"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="51"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="26"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="30"/>
+    </row>
+    <row r="38" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A38" s="7">
         <v>28</v>
       </c>
-      <c r="B38" s="54"/>
-[...17 lines deleted...]
-      <c r="A39" s="43">
+      <c r="B38" s="8"/>
+      <c r="C38" s="8"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="51"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="8"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="30"/>
+    </row>
+    <row r="39" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A39" s="7">
         <v>29</v>
       </c>
-      <c r="B39" s="54"/>
-[...17 lines deleted...]
-      <c r="A40" s="43">
+      <c r="B39" s="8"/>
+      <c r="C39" s="8"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="51"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="8"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="30"/>
+    </row>
+    <row r="40" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A40" s="7">
         <v>30</v>
       </c>
-      <c r="B40" s="54"/>
-[...17 lines deleted...]
-      <c r="A41" s="43">
+      <c r="B40" s="8"/>
+      <c r="C40" s="8"/>
+      <c r="D40" s="52"/>
+      <c r="E40" s="51"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="8"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="30"/>
+    </row>
+    <row r="41" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A41" s="7">
         <v>31</v>
       </c>
-      <c r="B41" s="54"/>
-[...17 lines deleted...]
-      <c r="A42" s="43">
+      <c r="B41" s="8"/>
+      <c r="C41" s="8"/>
+      <c r="D41" s="52"/>
+      <c r="E41" s="51"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="26"/>
+      <c r="H41" s="8"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="30"/>
+    </row>
+    <row r="42" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A42" s="7">
         <v>32</v>
       </c>
-      <c r="B42" s="54"/>
-[...17 lines deleted...]
-      <c r="A43" s="43">
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="52"/>
+      <c r="E42" s="51"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="26"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="30"/>
+    </row>
+    <row r="43" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A43" s="7">
         <v>33</v>
       </c>
-      <c r="B43" s="54"/>
-[...17 lines deleted...]
-      <c r="A44" s="43">
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="52"/>
+      <c r="E43" s="51"/>
+      <c r="F43" s="28"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="30"/>
+      <c r="L43" s="1"/>
+    </row>
+    <row r="44" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A44" s="7">
         <v>34</v>
       </c>
-      <c r="B44" s="54"/>
-[...17 lines deleted...]
-      <c r="A45" s="43">
+      <c r="B44" s="8"/>
+      <c r="C44" s="8"/>
+      <c r="D44" s="52"/>
+      <c r="E44" s="51"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="26"/>
+      <c r="H44" s="8"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="30"/>
+      <c r="L44" s="1"/>
+    </row>
+    <row r="45" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A45" s="7">
         <v>35</v>
       </c>
-      <c r="B45" s="54"/>
-[...17 lines deleted...]
-      <c r="A46" s="43">
+      <c r="B45" s="8"/>
+      <c r="C45" s="8"/>
+      <c r="D45" s="52"/>
+      <c r="E45" s="51"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="26"/>
+      <c r="H45" s="8"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="30"/>
+      <c r="L45" s="1"/>
+    </row>
+    <row r="46" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A46" s="7">
         <v>36</v>
       </c>
-      <c r="B46" s="54"/>
-[...17 lines deleted...]
-      <c r="A47" s="43">
+      <c r="B46" s="8"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="52"/>
+      <c r="E46" s="51"/>
+      <c r="F46" s="28"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="8"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="30"/>
+      <c r="L46" s="1"/>
+    </row>
+    <row r="47" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A47" s="7">
         <v>37</v>
       </c>
-      <c r="B47" s="54"/>
-[...17 lines deleted...]
-      <c r="A48" s="43">
+      <c r="B47" s="8"/>
+      <c r="C47" s="8"/>
+      <c r="D47" s="52"/>
+      <c r="E47" s="51"/>
+      <c r="F47" s="28"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="8"/>
+      <c r="I47" s="9"/>
+      <c r="J47" s="30"/>
+      <c r="L47" s="1"/>
+      <c r="M47" s="1"/>
+    </row>
+    <row r="48" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A48" s="7">
         <v>38</v>
       </c>
-      <c r="B48" s="54"/>
-[...17 lines deleted...]
-      <c r="A49" s="43">
+      <c r="B48" s="8"/>
+      <c r="C48" s="8"/>
+      <c r="D48" s="52"/>
+      <c r="E48" s="51"/>
+      <c r="F48" s="28"/>
+      <c r="G48" s="26"/>
+      <c r="H48" s="8"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="30"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
+      <c r="O48" s="1"/>
+      <c r="P48" s="1"/>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+    </row>
+    <row r="49" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A49" s="7">
         <v>39</v>
       </c>
-      <c r="B49" s="54"/>
-[...17 lines deleted...]
-      <c r="A50" s="43">
+      <c r="B49" s="8"/>
+      <c r="C49" s="8"/>
+      <c r="D49" s="52"/>
+      <c r="E49" s="51"/>
+      <c r="F49" s="28"/>
+      <c r="G49" s="26"/>
+      <c r="H49" s="8"/>
+      <c r="I49" s="9"/>
+      <c r="J49" s="30"/>
+      <c r="L49" s="1"/>
+      <c r="M49" s="1"/>
+      <c r="N49" s="1"/>
+      <c r="O49" s="1"/>
+      <c r="P49" s="1"/>
+      <c r="Q49" s="1"/>
+      <c r="R49" s="1"/>
+      <c r="S49" s="1"/>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+    </row>
+    <row r="50" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A50" s="7">
         <v>40</v>
       </c>
-      <c r="B50" s="54"/>
-[...17 lines deleted...]
-      <c r="A51" s="43">
+      <c r="B50" s="8"/>
+      <c r="C50" s="8"/>
+      <c r="D50" s="52"/>
+      <c r="E50" s="51"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="26"/>
+      <c r="H50" s="8"/>
+      <c r="I50" s="9"/>
+      <c r="J50" s="30"/>
+      <c r="L50" s="1"/>
+      <c r="M50" s="1"/>
+      <c r="N50" s="1"/>
+      <c r="O50" s="1"/>
+      <c r="P50" s="1"/>
+      <c r="Q50" s="1"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+    </row>
+    <row r="51" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A51" s="7">
         <v>41</v>
       </c>
-      <c r="B51" s="54"/>
-[...17 lines deleted...]
-      <c r="A52" s="43">
+      <c r="B51" s="8"/>
+      <c r="C51" s="8"/>
+      <c r="D51" s="52"/>
+      <c r="E51" s="51"/>
+      <c r="F51" s="28"/>
+      <c r="G51" s="26"/>
+      <c r="H51" s="8"/>
+      <c r="I51" s="9"/>
+      <c r="J51" s="30"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+      <c r="R51" s="1"/>
+      <c r="S51" s="1"/>
+      <c r="T51" s="1"/>
+      <c r="U51" s="1"/>
+    </row>
+    <row r="52" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A52" s="7">
         <v>42</v>
       </c>
-      <c r="B52" s="54"/>
-[...17 lines deleted...]
-      <c r="A53" s="43">
+      <c r="B52" s="8"/>
+      <c r="C52" s="8"/>
+      <c r="D52" s="52"/>
+      <c r="E52" s="51"/>
+      <c r="F52" s="28"/>
+      <c r="G52" s="26"/>
+      <c r="H52" s="8"/>
+      <c r="I52" s="9"/>
+      <c r="J52" s="30"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
+      <c r="O52" s="1"/>
+      <c r="P52" s="1"/>
+      <c r="Q52" s="1"/>
+      <c r="R52" s="1"/>
+      <c r="S52" s="1"/>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+    </row>
+    <row r="53" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A53" s="7">
         <v>43</v>
       </c>
-      <c r="B53" s="54"/>
-[...17 lines deleted...]
-      <c r="A54" s="43">
+      <c r="B53" s="8"/>
+      <c r="C53" s="8"/>
+      <c r="D53" s="52"/>
+      <c r="E53" s="51"/>
+      <c r="F53" s="28"/>
+      <c r="G53" s="26"/>
+      <c r="H53" s="8"/>
+      <c r="I53" s="9"/>
+      <c r="J53" s="30"/>
+      <c r="L53" s="1"/>
+      <c r="M53" s="1"/>
+      <c r="N53" s="1"/>
+      <c r="O53" s="1"/>
+      <c r="P53" s="1"/>
+      <c r="Q53" s="1"/>
+      <c r="R53" s="1"/>
+      <c r="S53" s="1"/>
+      <c r="T53" s="1"/>
+      <c r="U53" s="1"/>
+    </row>
+    <row r="54" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A54" s="7">
         <v>44</v>
       </c>
-      <c r="B54" s="54"/>
-[...17 lines deleted...]
-      <c r="A55" s="43">
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="52"/>
+      <c r="E54" s="51"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="26"/>
+      <c r="H54" s="8"/>
+      <c r="I54" s="9"/>
+      <c r="J54" s="30"/>
+      <c r="L54" s="1"/>
+      <c r="M54" s="1"/>
+      <c r="N54" s="1"/>
+      <c r="O54" s="1"/>
+      <c r="P54" s="1"/>
+      <c r="Q54" s="1"/>
+      <c r="R54" s="1"/>
+      <c r="S54" s="1"/>
+      <c r="T54" s="1"/>
+      <c r="U54" s="1"/>
+    </row>
+    <row r="55" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A55" s="7">
         <v>45</v>
       </c>
-      <c r="B55" s="54"/>
-[...17 lines deleted...]
-      <c r="A56" s="43">
+      <c r="B55" s="8"/>
+      <c r="C55" s="8"/>
+      <c r="D55" s="52"/>
+      <c r="E55" s="51"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="8"/>
+      <c r="I55" s="9"/>
+      <c r="J55" s="30"/>
+      <c r="L55" s="1"/>
+      <c r="M55" s="1"/>
+      <c r="N55" s="1"/>
+      <c r="O55" s="1"/>
+      <c r="P55" s="1"/>
+      <c r="Q55" s="1"/>
+      <c r="R55" s="1"/>
+      <c r="S55" s="1"/>
+      <c r="T55" s="1"/>
+      <c r="U55" s="1"/>
+    </row>
+    <row r="56" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A56" s="7">
         <v>46</v>
       </c>
-      <c r="B56" s="54"/>
-[...17 lines deleted...]
-      <c r="A57" s="43">
+      <c r="B56" s="8"/>
+      <c r="C56" s="8"/>
+      <c r="D56" s="52"/>
+      <c r="E56" s="51"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="8"/>
+      <c r="I56" s="9"/>
+      <c r="J56" s="30"/>
+      <c r="L56" s="1"/>
+      <c r="M56" s="1"/>
+      <c r="N56" s="1"/>
+      <c r="O56" s="1"/>
+      <c r="P56" s="1"/>
+      <c r="Q56" s="1"/>
+      <c r="R56" s="1"/>
+      <c r="S56" s="1"/>
+      <c r="T56" s="1"/>
+      <c r="U56" s="1"/>
+    </row>
+    <row r="57" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A57" s="7">
         <v>47</v>
       </c>
-      <c r="B57" s="54"/>
-[...17 lines deleted...]
-      <c r="A58" s="43">
+      <c r="B57" s="8"/>
+      <c r="C57" s="8"/>
+      <c r="D57" s="52"/>
+      <c r="E57" s="51"/>
+      <c r="F57" s="28"/>
+      <c r="G57" s="26"/>
+      <c r="H57" s="8"/>
+      <c r="I57" s="9"/>
+      <c r="J57" s="30"/>
+      <c r="L57" s="1"/>
+      <c r="M57" s="1"/>
+      <c r="N57" s="1"/>
+      <c r="O57" s="1"/>
+      <c r="P57" s="1"/>
+      <c r="Q57" s="1"/>
+      <c r="R57" s="1"/>
+      <c r="S57" s="1"/>
+      <c r="T57" s="1"/>
+      <c r="U57" s="1"/>
+    </row>
+    <row r="58" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A58" s="7">
         <v>48</v>
       </c>
-      <c r="B58" s="54"/>
-[...17 lines deleted...]
-      <c r="A59" s="43">
+      <c r="B58" s="8"/>
+      <c r="C58" s="8"/>
+      <c r="D58" s="52"/>
+      <c r="E58" s="51"/>
+      <c r="F58" s="28"/>
+      <c r="G58" s="26"/>
+      <c r="H58" s="8"/>
+      <c r="I58" s="9"/>
+      <c r="J58" s="30"/>
+      <c r="L58" s="1"/>
+      <c r="M58" s="1"/>
+      <c r="N58" s="1"/>
+      <c r="O58" s="1"/>
+      <c r="P58" s="1"/>
+      <c r="Q58" s="1"/>
+      <c r="R58" s="1"/>
+      <c r="S58" s="1"/>
+      <c r="T58" s="1"/>
+      <c r="U58" s="1"/>
+    </row>
+    <row r="59" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A59" s="7">
         <v>49</v>
       </c>
-      <c r="B59" s="54"/>
-[...17 lines deleted...]
-      <c r="A60" s="43">
+      <c r="B59" s="8"/>
+      <c r="C59" s="8"/>
+      <c r="D59" s="52"/>
+      <c r="E59" s="51"/>
+      <c r="F59" s="28"/>
+      <c r="G59" s="26"/>
+      <c r="H59" s="8"/>
+      <c r="I59" s="9"/>
+      <c r="J59" s="30"/>
+      <c r="L59" s="1"/>
+      <c r="M59" s="1"/>
+      <c r="N59" s="1"/>
+      <c r="O59" s="1"/>
+      <c r="P59" s="1"/>
+      <c r="Q59" s="1"/>
+      <c r="R59" s="1"/>
+      <c r="S59" s="1"/>
+      <c r="T59" s="1"/>
+      <c r="U59" s="1"/>
+    </row>
+    <row r="60" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A60" s="7">
         <v>50</v>
       </c>
-      <c r="B60" s="54"/>
-[...1021 lines deleted...]
-      <c r="V113" s="5"/>
+      <c r="B60" s="8"/>
+      <c r="C60" s="8"/>
+      <c r="D60" s="52"/>
+      <c r="E60" s="51"/>
+      <c r="F60" s="28"/>
+      <c r="G60" s="26"/>
+      <c r="H60" s="8"/>
+      <c r="I60" s="9"/>
+      <c r="J60" s="30"/>
+      <c r="L60" s="1"/>
+      <c r="M60" s="1"/>
+      <c r="N60" s="1"/>
+      <c r="O60" s="1"/>
+      <c r="P60" s="1"/>
+      <c r="Q60" s="1"/>
+      <c r="R60" s="1"/>
+      <c r="S60" s="1"/>
+      <c r="T60" s="1"/>
+      <c r="U60" s="1"/>
+    </row>
+    <row r="61" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A61" s="7">
+        <v>51</v>
+      </c>
+      <c r="B61" s="8"/>
+      <c r="C61" s="8"/>
+      <c r="D61" s="52"/>
+      <c r="E61" s="51"/>
+      <c r="F61" s="28"/>
+      <c r="G61" s="26"/>
+      <c r="H61" s="8"/>
+      <c r="I61" s="9"/>
+      <c r="J61" s="18"/>
+      <c r="L61" s="1"/>
+      <c r="M61" s="1"/>
+      <c r="N61" s="1"/>
+      <c r="O61" s="1"/>
+      <c r="P61" s="1"/>
+      <c r="Q61" s="1"/>
+      <c r="R61" s="1"/>
+      <c r="S61" s="1"/>
+      <c r="T61" s="1"/>
+      <c r="U61" s="1"/>
+    </row>
+    <row r="62" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A62" s="7">
+        <v>52</v>
+      </c>
+      <c r="B62" s="8"/>
+      <c r="C62" s="8"/>
+      <c r="D62" s="52"/>
+      <c r="E62" s="51"/>
+      <c r="F62" s="28"/>
+      <c r="G62" s="26"/>
+      <c r="H62" s="8"/>
+      <c r="I62" s="9"/>
+      <c r="J62" s="18"/>
+      <c r="M62" s="1"/>
+      <c r="N62" s="1"/>
+      <c r="O62" s="1"/>
+      <c r="P62" s="1"/>
+      <c r="Q62" s="1"/>
+      <c r="R62" s="1"/>
+      <c r="S62" s="1"/>
+      <c r="T62" s="1"/>
+      <c r="U62" s="1"/>
+    </row>
+    <row r="63" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A63" s="7">
+        <v>53</v>
+      </c>
+      <c r="B63" s="8"/>
+      <c r="C63" s="8"/>
+      <c r="D63" s="52"/>
+      <c r="E63" s="51"/>
+      <c r="F63" s="28"/>
+      <c r="G63" s="26"/>
+      <c r="H63" s="8"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="18"/>
+      <c r="L63" s="3"/>
+      <c r="M63" s="1"/>
+      <c r="N63" s="1"/>
+      <c r="O63" s="1"/>
+      <c r="P63" s="1"/>
+      <c r="Q63" s="1"/>
+      <c r="R63" s="1"/>
+      <c r="S63" s="1"/>
+      <c r="T63" s="1"/>
+      <c r="U63" s="1"/>
+    </row>
+    <row r="64" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A64" s="7">
+        <v>54</v>
+      </c>
+      <c r="B64" s="8"/>
+      <c r="C64" s="8"/>
+      <c r="D64" s="52"/>
+      <c r="E64" s="51"/>
+      <c r="F64" s="28"/>
+      <c r="G64" s="26"/>
+      <c r="H64" s="8"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="18"/>
+      <c r="L64" s="3"/>
+      <c r="M64" s="1"/>
+      <c r="N64" s="1"/>
+      <c r="O64" s="1"/>
+      <c r="P64" s="1"/>
+      <c r="Q64" s="1"/>
+      <c r="R64" s="1"/>
+      <c r="S64" s="1"/>
+      <c r="T64" s="1"/>
+      <c r="U64" s="1"/>
+    </row>
+    <row r="65" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A65" s="7">
+        <v>55</v>
+      </c>
+      <c r="B65" s="8"/>
+      <c r="C65" s="8"/>
+      <c r="D65" s="52"/>
+      <c r="E65" s="51"/>
+      <c r="F65" s="28"/>
+      <c r="G65" s="26"/>
+      <c r="H65" s="8"/>
+      <c r="I65" s="9"/>
+      <c r="L65" s="3"/>
+      <c r="M65" s="1"/>
+      <c r="N65" s="1"/>
+      <c r="O65" s="1"/>
+      <c r="P65" s="1"/>
+      <c r="Q65" s="1"/>
+      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
+      <c r="T65" s="1"/>
+      <c r="U65" s="1"/>
+    </row>
+    <row r="66" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A66" s="7">
+        <v>56</v>
+      </c>
+      <c r="B66" s="8"/>
+      <c r="C66" s="8"/>
+      <c r="D66" s="52"/>
+      <c r="E66" s="51"/>
+      <c r="F66" s="28"/>
+      <c r="G66" s="26"/>
+      <c r="H66" s="8"/>
+      <c r="I66" s="9"/>
+      <c r="L66" s="3"/>
+      <c r="N66" s="1"/>
+      <c r="O66" s="1"/>
+      <c r="P66" s="1"/>
+      <c r="Q66" s="1"/>
+      <c r="R66" s="1"/>
+      <c r="S66" s="1"/>
+      <c r="T66" s="1"/>
+      <c r="U66" s="1"/>
+    </row>
+    <row r="67" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A67" s="7">
+        <v>57</v>
+      </c>
+      <c r="B67" s="8"/>
+      <c r="C67" s="8"/>
+      <c r="D67" s="52"/>
+      <c r="E67" s="51"/>
+      <c r="F67" s="28"/>
+      <c r="G67" s="26"/>
+      <c r="H67" s="8"/>
+      <c r="I67" s="9"/>
+      <c r="L67" s="3"/>
+      <c r="M67" s="3"/>
+    </row>
+    <row r="68" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A68" s="7">
+        <v>58</v>
+      </c>
+      <c r="B68" s="8"/>
+      <c r="C68" s="8"/>
+      <c r="D68" s="52"/>
+      <c r="E68" s="51"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="8"/>
+      <c r="I68" s="9"/>
+      <c r="L68" s="3"/>
+      <c r="M68" s="3"/>
+      <c r="N68" s="3"/>
+      <c r="O68" s="3"/>
+      <c r="P68" s="3"/>
+      <c r="Q68" s="3"/>
+      <c r="R68" s="3"/>
+      <c r="S68" s="3"/>
+      <c r="T68" s="3"/>
+      <c r="U68" s="3"/>
+    </row>
+    <row r="69" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A69" s="7">
+        <v>59</v>
+      </c>
+      <c r="B69" s="8"/>
+      <c r="C69" s="8"/>
+      <c r="D69" s="52"/>
+      <c r="E69" s="51"/>
+      <c r="F69" s="28"/>
+      <c r="G69" s="26"/>
+      <c r="H69" s="8"/>
+      <c r="I69" s="9"/>
+      <c r="L69" s="3"/>
+      <c r="M69" s="3"/>
+      <c r="N69" s="3"/>
+      <c r="O69" s="3"/>
+      <c r="P69" s="3"/>
+      <c r="Q69" s="3"/>
+      <c r="R69" s="3"/>
+      <c r="S69" s="3"/>
+      <c r="T69" s="3"/>
+      <c r="U69" s="3"/>
+    </row>
+    <row r="70" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A70" s="7">
+        <v>60</v>
+      </c>
+      <c r="B70" s="8"/>
+      <c r="C70" s="8"/>
+      <c r="D70" s="52"/>
+      <c r="E70" s="51"/>
+      <c r="F70" s="28"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="8"/>
+      <c r="I70" s="9"/>
+      <c r="L70" s="3"/>
+      <c r="M70" s="3"/>
+      <c r="N70" s="3"/>
+      <c r="O70" s="3"/>
+      <c r="P70" s="3"/>
+      <c r="Q70" s="3"/>
+      <c r="R70" s="3"/>
+      <c r="S70" s="3"/>
+      <c r="T70" s="3"/>
+      <c r="U70" s="3"/>
+    </row>
+    <row r="71" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A71" s="7">
+        <v>61</v>
+      </c>
+      <c r="B71" s="8"/>
+      <c r="C71" s="8"/>
+      <c r="D71" s="52"/>
+      <c r="E71" s="51"/>
+      <c r="F71" s="28"/>
+      <c r="G71" s="26"/>
+      <c r="H71" s="8"/>
+      <c r="I71" s="9"/>
+      <c r="L71" s="3"/>
+      <c r="M71" s="3"/>
+      <c r="N71" s="3"/>
+      <c r="O71" s="3"/>
+      <c r="P71" s="3"/>
+      <c r="Q71" s="3"/>
+      <c r="R71" s="3"/>
+      <c r="S71" s="3"/>
+      <c r="T71" s="3"/>
+      <c r="U71" s="3"/>
+    </row>
+    <row r="72" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A72" s="7">
+        <v>62</v>
+      </c>
+      <c r="B72" s="8"/>
+      <c r="C72" s="8"/>
+      <c r="D72" s="52"/>
+      <c r="E72" s="51"/>
+      <c r="F72" s="28"/>
+      <c r="G72" s="26"/>
+      <c r="H72" s="8"/>
+      <c r="I72" s="9"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3"/>
+      <c r="N72" s="3"/>
+      <c r="O72" s="3"/>
+      <c r="P72" s="3"/>
+      <c r="Q72" s="3"/>
+      <c r="R72" s="3"/>
+      <c r="S72" s="3"/>
+      <c r="T72" s="3"/>
+      <c r="U72" s="3"/>
+    </row>
+    <row r="73" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A73" s="7">
+        <v>63</v>
+      </c>
+      <c r="B73" s="8"/>
+      <c r="C73" s="8"/>
+      <c r="D73" s="52"/>
+      <c r="E73" s="51"/>
+      <c r="F73" s="28"/>
+      <c r="G73" s="26"/>
+      <c r="H73" s="8"/>
+      <c r="I73" s="9"/>
+      <c r="L73" s="3"/>
+      <c r="M73" s="3"/>
+      <c r="N73" s="3"/>
+      <c r="O73" s="3"/>
+      <c r="P73" s="3"/>
+      <c r="Q73" s="3"/>
+      <c r="R73" s="3"/>
+      <c r="S73" s="3"/>
+      <c r="T73" s="3"/>
+      <c r="U73" s="3"/>
+    </row>
+    <row r="74" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A74" s="7">
+        <v>64</v>
+      </c>
+      <c r="B74" s="8"/>
+      <c r="C74" s="8"/>
+      <c r="D74" s="52"/>
+      <c r="E74" s="51"/>
+      <c r="F74" s="28"/>
+      <c r="G74" s="26"/>
+      <c r="H74" s="8"/>
+      <c r="I74" s="9"/>
+      <c r="L74" s="3"/>
+      <c r="M74" s="3"/>
+      <c r="N74" s="3"/>
+      <c r="O74" s="3"/>
+      <c r="P74" s="3"/>
+      <c r="Q74" s="3"/>
+      <c r="R74" s="3"/>
+      <c r="S74" s="3"/>
+      <c r="T74" s="3"/>
+      <c r="U74" s="3"/>
+    </row>
+    <row r="75" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A75" s="7">
+        <v>65</v>
+      </c>
+      <c r="B75" s="8"/>
+      <c r="C75" s="8"/>
+      <c r="D75" s="52"/>
+      <c r="E75" s="51"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="26"/>
+      <c r="H75" s="8"/>
+      <c r="I75" s="9"/>
+      <c r="L75" s="3"/>
+      <c r="M75" s="3"/>
+      <c r="N75" s="3"/>
+      <c r="O75" s="3"/>
+      <c r="P75" s="3"/>
+      <c r="Q75" s="3"/>
+      <c r="R75" s="3"/>
+      <c r="S75" s="3"/>
+      <c r="T75" s="3"/>
+      <c r="U75" s="3"/>
+    </row>
+    <row r="76" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A76" s="7">
+        <v>66</v>
+      </c>
+      <c r="B76" s="8"/>
+      <c r="C76" s="8"/>
+      <c r="D76" s="52"/>
+      <c r="E76" s="51"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="26"/>
+      <c r="H76" s="8"/>
+      <c r="I76" s="9"/>
+      <c r="L76" s="3"/>
+      <c r="M76" s="3"/>
+      <c r="N76" s="3"/>
+      <c r="O76" s="3"/>
+      <c r="P76" s="3"/>
+      <c r="Q76" s="3"/>
+      <c r="R76" s="3"/>
+      <c r="S76" s="3"/>
+      <c r="T76" s="3"/>
+      <c r="U76" s="3"/>
+    </row>
+    <row r="77" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A77" s="7">
+        <v>67</v>
+      </c>
+      <c r="B77" s="8"/>
+      <c r="C77" s="8"/>
+      <c r="D77" s="52"/>
+      <c r="E77" s="51"/>
+      <c r="F77" s="28"/>
+      <c r="G77" s="26"/>
+      <c r="H77" s="8"/>
+      <c r="I77" s="9"/>
+      <c r="L77" s="3"/>
+      <c r="M77" s="3"/>
+      <c r="N77" s="3"/>
+      <c r="O77" s="3"/>
+      <c r="P77" s="3"/>
+      <c r="Q77" s="3"/>
+      <c r="R77" s="3"/>
+      <c r="S77" s="3"/>
+      <c r="T77" s="3"/>
+      <c r="U77" s="3"/>
+    </row>
+    <row r="78" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A78" s="7">
+        <v>68</v>
+      </c>
+      <c r="B78" s="8"/>
+      <c r="C78" s="8"/>
+      <c r="D78" s="52"/>
+      <c r="E78" s="51"/>
+      <c r="F78" s="28"/>
+      <c r="G78" s="26"/>
+      <c r="H78" s="8"/>
+      <c r="I78" s="9"/>
+      <c r="L78" s="3"/>
+      <c r="M78" s="3"/>
+      <c r="N78" s="3"/>
+      <c r="O78" s="3"/>
+      <c r="P78" s="3"/>
+      <c r="Q78" s="3"/>
+      <c r="R78" s="3"/>
+      <c r="S78" s="3"/>
+      <c r="T78" s="3"/>
+      <c r="U78" s="3"/>
+    </row>
+    <row r="79" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A79" s="7">
+        <v>69</v>
+      </c>
+      <c r="B79" s="8"/>
+      <c r="C79" s="8"/>
+      <c r="D79" s="52"/>
+      <c r="E79" s="51"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="26"/>
+      <c r="H79" s="8"/>
+      <c r="I79" s="9"/>
+      <c r="L79" s="3"/>
+      <c r="M79" s="3"/>
+      <c r="N79" s="3"/>
+      <c r="O79" s="3"/>
+      <c r="P79" s="3"/>
+      <c r="Q79" s="3"/>
+      <c r="R79" s="3"/>
+      <c r="S79" s="3"/>
+      <c r="T79" s="3"/>
+      <c r="U79" s="3"/>
+    </row>
+    <row r="80" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A80" s="7">
+        <v>70</v>
+      </c>
+      <c r="B80" s="8"/>
+      <c r="C80" s="8"/>
+      <c r="D80" s="52"/>
+      <c r="E80" s="51"/>
+      <c r="F80" s="28"/>
+      <c r="G80" s="26"/>
+      <c r="H80" s="8"/>
+      <c r="I80" s="9"/>
+      <c r="L80" s="3"/>
+      <c r="M80" s="3"/>
+      <c r="N80" s="3"/>
+      <c r="O80" s="3"/>
+      <c r="P80" s="3"/>
+      <c r="Q80" s="3"/>
+      <c r="R80" s="3"/>
+      <c r="S80" s="3"/>
+      <c r="T80" s="3"/>
+      <c r="U80" s="3"/>
+    </row>
+    <row r="81" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A81" s="7">
+        <v>71</v>
+      </c>
+      <c r="B81" s="8"/>
+      <c r="C81" s="8"/>
+      <c r="D81" s="52"/>
+      <c r="E81" s="51"/>
+      <c r="F81" s="28"/>
+      <c r="G81" s="26"/>
+      <c r="H81" s="8"/>
+      <c r="I81" s="9"/>
+      <c r="L81" s="3"/>
+      <c r="M81" s="3"/>
+      <c r="N81" s="3"/>
+      <c r="O81" s="3"/>
+      <c r="P81" s="3"/>
+      <c r="Q81" s="3"/>
+      <c r="R81" s="3"/>
+      <c r="S81" s="3"/>
+      <c r="T81" s="3"/>
+      <c r="U81" s="3"/>
+    </row>
+    <row r="82" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A82" s="7">
+        <v>72</v>
+      </c>
+      <c r="B82" s="8"/>
+      <c r="C82" s="8"/>
+      <c r="D82" s="52"/>
+      <c r="E82" s="51"/>
+      <c r="F82" s="28"/>
+      <c r="G82" s="26"/>
+      <c r="H82" s="8"/>
+      <c r="I82" s="9"/>
+      <c r="L82" s="3"/>
+      <c r="M82" s="3"/>
+      <c r="N82" s="3"/>
+      <c r="O82" s="3"/>
+      <c r="P82" s="3"/>
+      <c r="Q82" s="3"/>
+      <c r="R82" s="3"/>
+      <c r="S82" s="3"/>
+      <c r="T82" s="3"/>
+      <c r="U82" s="3"/>
+    </row>
+    <row r="83" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A83" s="7">
+        <v>73</v>
+      </c>
+      <c r="B83" s="8"/>
+      <c r="C83" s="8"/>
+      <c r="D83" s="52"/>
+      <c r="E83" s="51"/>
+      <c r="F83" s="28"/>
+      <c r="G83" s="26"/>
+      <c r="H83" s="8"/>
+      <c r="I83" s="9"/>
+      <c r="L83" s="3"/>
+      <c r="M83" s="3"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3"/>
+      <c r="P83" s="3"/>
+      <c r="Q83" s="3"/>
+      <c r="R83" s="3"/>
+      <c r="S83" s="3"/>
+      <c r="T83" s="3"/>
+      <c r="U83" s="3"/>
+    </row>
+    <row r="84" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A84" s="7">
+        <v>74</v>
+      </c>
+      <c r="B84" s="8"/>
+      <c r="C84" s="8"/>
+      <c r="D84" s="52"/>
+      <c r="E84" s="51"/>
+      <c r="F84" s="28"/>
+      <c r="G84" s="26"/>
+      <c r="H84" s="8"/>
+      <c r="I84" s="9"/>
+      <c r="L84" s="3"/>
+      <c r="M84" s="3"/>
+      <c r="N84" s="3"/>
+      <c r="O84" s="3"/>
+      <c r="P84" s="3"/>
+      <c r="Q84" s="3"/>
+      <c r="R84" s="3"/>
+      <c r="S84" s="3"/>
+      <c r="T84" s="3"/>
+      <c r="U84" s="3"/>
+    </row>
+    <row r="85" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A85" s="7">
+        <v>75</v>
+      </c>
+      <c r="B85" s="8"/>
+      <c r="C85" s="8"/>
+      <c r="D85" s="52"/>
+      <c r="E85" s="51"/>
+      <c r="F85" s="28"/>
+      <c r="G85" s="26"/>
+      <c r="H85" s="8"/>
+      <c r="I85" s="9"/>
+      <c r="L85" s="3"/>
+      <c r="M85" s="3"/>
+      <c r="N85" s="3"/>
+      <c r="O85" s="3"/>
+      <c r="P85" s="3"/>
+      <c r="Q85" s="3"/>
+      <c r="R85" s="3"/>
+      <c r="S85" s="3"/>
+      <c r="T85" s="3"/>
+      <c r="U85" s="3"/>
+    </row>
+    <row r="86" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A86" s="7">
+        <v>76</v>
+      </c>
+      <c r="B86" s="8"/>
+      <c r="C86" s="8"/>
+      <c r="D86" s="52"/>
+      <c r="E86" s="51"/>
+      <c r="F86" s="28"/>
+      <c r="G86" s="26"/>
+      <c r="H86" s="8"/>
+      <c r="I86" s="9"/>
+      <c r="L86" s="3"/>
+      <c r="M86" s="3"/>
+      <c r="N86" s="3"/>
+      <c r="O86" s="3"/>
+      <c r="P86" s="3"/>
+      <c r="Q86" s="3"/>
+      <c r="R86" s="3"/>
+      <c r="S86" s="3"/>
+      <c r="T86" s="3"/>
+      <c r="U86" s="3"/>
+    </row>
+    <row r="87" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A87" s="7">
+        <v>77</v>
+      </c>
+      <c r="B87" s="8"/>
+      <c r="C87" s="8"/>
+      <c r="D87" s="52"/>
+      <c r="E87" s="51"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="26"/>
+      <c r="H87" s="8"/>
+      <c r="I87" s="9"/>
+      <c r="L87" s="3"/>
+      <c r="M87" s="3"/>
+      <c r="N87" s="3"/>
+      <c r="O87" s="3"/>
+      <c r="P87" s="3"/>
+      <c r="Q87" s="3"/>
+      <c r="R87" s="3"/>
+      <c r="S87" s="3"/>
+      <c r="T87" s="3"/>
+      <c r="U87" s="3"/>
+    </row>
+    <row r="88" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A88" s="7">
+        <v>78</v>
+      </c>
+      <c r="B88" s="8"/>
+      <c r="C88" s="8"/>
+      <c r="D88" s="52"/>
+      <c r="E88" s="51"/>
+      <c r="F88" s="28"/>
+      <c r="G88" s="26"/>
+      <c r="H88" s="8"/>
+      <c r="I88" s="9"/>
+      <c r="L88" s="3"/>
+      <c r="M88" s="3"/>
+      <c r="N88" s="3"/>
+      <c r="O88" s="3"/>
+      <c r="P88" s="3"/>
+      <c r="Q88" s="3"/>
+      <c r="R88" s="3"/>
+      <c r="S88" s="3"/>
+      <c r="T88" s="3"/>
+      <c r="U88" s="3"/>
+    </row>
+    <row r="89" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A89" s="7">
+        <v>79</v>
+      </c>
+      <c r="B89" s="8"/>
+      <c r="C89" s="8"/>
+      <c r="D89" s="52"/>
+      <c r="E89" s="51"/>
+      <c r="F89" s="28"/>
+      <c r="G89" s="26"/>
+      <c r="H89" s="8"/>
+      <c r="I89" s="9"/>
+      <c r="L89" s="3"/>
+      <c r="M89" s="3"/>
+      <c r="N89" s="3"/>
+      <c r="O89" s="3"/>
+      <c r="P89" s="3"/>
+      <c r="Q89" s="3"/>
+      <c r="R89" s="3"/>
+      <c r="S89" s="3"/>
+      <c r="T89" s="3"/>
+      <c r="U89" s="3"/>
+    </row>
+    <row r="90" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A90" s="7">
+        <v>80</v>
+      </c>
+      <c r="B90" s="8"/>
+      <c r="C90" s="8"/>
+      <c r="D90" s="52"/>
+      <c r="E90" s="51"/>
+      <c r="F90" s="28"/>
+      <c r="G90" s="26"/>
+      <c r="H90" s="8"/>
+      <c r="I90" s="9"/>
+      <c r="L90" s="3"/>
+      <c r="M90" s="3"/>
+      <c r="N90" s="3"/>
+      <c r="O90" s="3"/>
+      <c r="P90" s="3"/>
+      <c r="Q90" s="3"/>
+      <c r="R90" s="3"/>
+      <c r="S90" s="3"/>
+      <c r="T90" s="3"/>
+      <c r="U90" s="3"/>
+    </row>
+    <row r="91" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A91" s="7">
+        <v>81</v>
+      </c>
+      <c r="B91" s="8"/>
+      <c r="C91" s="8"/>
+      <c r="D91" s="52"/>
+      <c r="E91" s="51"/>
+      <c r="F91" s="28"/>
+      <c r="G91" s="26"/>
+      <c r="H91" s="8"/>
+      <c r="I91" s="9"/>
+      <c r="L91" s="3"/>
+      <c r="M91" s="3"/>
+      <c r="N91" s="3"/>
+      <c r="O91" s="3"/>
+      <c r="P91" s="3"/>
+      <c r="Q91" s="3"/>
+      <c r="R91" s="3"/>
+      <c r="S91" s="3"/>
+      <c r="T91" s="3"/>
+      <c r="U91" s="3"/>
+    </row>
+    <row r="92" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A92" s="7">
+        <v>82</v>
+      </c>
+      <c r="B92" s="8"/>
+      <c r="C92" s="8"/>
+      <c r="D92" s="52"/>
+      <c r="E92" s="51"/>
+      <c r="F92" s="28"/>
+      <c r="G92" s="26"/>
+      <c r="H92" s="8"/>
+      <c r="I92" s="9"/>
+      <c r="L92" s="3"/>
+      <c r="M92" s="3"/>
+      <c r="N92" s="3"/>
+      <c r="O92" s="3"/>
+      <c r="P92" s="3"/>
+      <c r="Q92" s="3"/>
+      <c r="R92" s="3"/>
+      <c r="S92" s="3"/>
+      <c r="T92" s="3"/>
+      <c r="U92" s="3"/>
+    </row>
+    <row r="93" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A93" s="7">
+        <v>83</v>
+      </c>
+      <c r="B93" s="8"/>
+      <c r="C93" s="8"/>
+      <c r="D93" s="52"/>
+      <c r="E93" s="51"/>
+      <c r="F93" s="28"/>
+      <c r="G93" s="26"/>
+      <c r="H93" s="8"/>
+      <c r="I93" s="9"/>
+      <c r="L93" s="3"/>
+      <c r="M93" s="3"/>
+      <c r="N93" s="3"/>
+      <c r="O93" s="3"/>
+      <c r="P93" s="3"/>
+      <c r="Q93" s="3"/>
+      <c r="R93" s="3"/>
+      <c r="S93" s="3"/>
+      <c r="T93" s="3"/>
+      <c r="U93" s="3"/>
+    </row>
+    <row r="94" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A94" s="7">
+        <v>84</v>
+      </c>
+      <c r="B94" s="8"/>
+      <c r="C94" s="8"/>
+      <c r="D94" s="52"/>
+      <c r="E94" s="51"/>
+      <c r="F94" s="28"/>
+      <c r="G94" s="26"/>
+      <c r="H94" s="8"/>
+      <c r="I94" s="9"/>
+      <c r="L94" s="3"/>
+      <c r="M94" s="3"/>
+      <c r="N94" s="3"/>
+      <c r="O94" s="3"/>
+      <c r="P94" s="3"/>
+      <c r="Q94" s="3"/>
+      <c r="R94" s="3"/>
+      <c r="S94" s="3"/>
+      <c r="T94" s="3"/>
+      <c r="U94" s="3"/>
+    </row>
+    <row r="95" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A95" s="7">
+        <v>85</v>
+      </c>
+      <c r="B95" s="8"/>
+      <c r="C95" s="8"/>
+      <c r="D95" s="52"/>
+      <c r="E95" s="51"/>
+      <c r="F95" s="28"/>
+      <c r="G95" s="26"/>
+      <c r="H95" s="8"/>
+      <c r="I95" s="9"/>
+      <c r="L95" s="3"/>
+      <c r="M95" s="3"/>
+      <c r="N95" s="3"/>
+      <c r="O95" s="3"/>
+      <c r="P95" s="3"/>
+      <c r="Q95" s="3"/>
+      <c r="R95" s="3"/>
+      <c r="S95" s="3"/>
+      <c r="T95" s="3"/>
+      <c r="U95" s="3"/>
+    </row>
+    <row r="96" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A96" s="7">
+        <v>86</v>
+      </c>
+      <c r="B96" s="8"/>
+      <c r="C96" s="8"/>
+      <c r="D96" s="52"/>
+      <c r="E96" s="51"/>
+      <c r="F96" s="28"/>
+      <c r="G96" s="26"/>
+      <c r="H96" s="8"/>
+      <c r="I96" s="9"/>
+      <c r="L96" s="3"/>
+      <c r="M96" s="3"/>
+      <c r="N96" s="3"/>
+      <c r="O96" s="3"/>
+      <c r="P96" s="3"/>
+      <c r="Q96" s="3"/>
+      <c r="R96" s="3"/>
+      <c r="S96" s="3"/>
+      <c r="T96" s="3"/>
+      <c r="U96" s="3"/>
+    </row>
+    <row r="97" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A97" s="7">
+        <v>87</v>
+      </c>
+      <c r="B97" s="8"/>
+      <c r="C97" s="8"/>
+      <c r="D97" s="52"/>
+      <c r="E97" s="51"/>
+      <c r="F97" s="28"/>
+      <c r="G97" s="26"/>
+      <c r="H97" s="8"/>
+      <c r="I97" s="9"/>
+      <c r="L97" s="3"/>
+      <c r="M97" s="3"/>
+      <c r="N97" s="3"/>
+      <c r="O97" s="3"/>
+      <c r="P97" s="3"/>
+      <c r="Q97" s="3"/>
+      <c r="R97" s="3"/>
+      <c r="S97" s="3"/>
+      <c r="T97" s="3"/>
+      <c r="U97" s="3"/>
+    </row>
+    <row r="98" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A98" s="7">
+        <v>88</v>
+      </c>
+      <c r="B98" s="8"/>
+      <c r="C98" s="8"/>
+      <c r="D98" s="52"/>
+      <c r="E98" s="51"/>
+      <c r="F98" s="28"/>
+      <c r="G98" s="26"/>
+      <c r="H98" s="8"/>
+      <c r="I98" s="9"/>
+      <c r="L98" s="3"/>
+      <c r="M98" s="3"/>
+      <c r="N98" s="3"/>
+      <c r="O98" s="3"/>
+      <c r="P98" s="3"/>
+      <c r="Q98" s="3"/>
+      <c r="R98" s="3"/>
+      <c r="S98" s="3"/>
+      <c r="T98" s="3"/>
+      <c r="U98" s="3"/>
+    </row>
+    <row r="99" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A99" s="7">
+        <v>89</v>
+      </c>
+      <c r="B99" s="36"/>
+      <c r="C99" s="37"/>
+      <c r="D99" s="38"/>
+      <c r="E99" s="39"/>
+      <c r="F99" s="39"/>
+      <c r="G99" s="40"/>
+      <c r="H99" s="8"/>
+      <c r="I99" s="41"/>
+      <c r="L99" s="3"/>
+      <c r="M99" s="3"/>
+      <c r="N99" s="3"/>
+      <c r="O99" s="3"/>
+      <c r="P99" s="3"/>
+      <c r="Q99" s="3"/>
+      <c r="R99" s="3"/>
+      <c r="S99" s="3"/>
+      <c r="T99" s="3"/>
+      <c r="U99" s="3"/>
+    </row>
+    <row r="100" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A100" s="7">
+        <v>90</v>
+      </c>
+      <c r="B100" s="36"/>
+      <c r="C100" s="37"/>
+      <c r="D100" s="38"/>
+      <c r="E100" s="39"/>
+      <c r="F100" s="39"/>
+      <c r="G100" s="40"/>
+      <c r="H100" s="8"/>
+      <c r="I100" s="41"/>
+      <c r="L100" s="3"/>
+      <c r="M100" s="3"/>
+      <c r="N100" s="3"/>
+      <c r="O100" s="3"/>
+      <c r="P100" s="3"/>
+      <c r="Q100" s="3"/>
+      <c r="R100" s="3"/>
+      <c r="S100" s="3"/>
+      <c r="T100" s="3"/>
+      <c r="U100" s="3"/>
+    </row>
+    <row r="101" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A101" s="7">
+        <v>91</v>
+      </c>
+      <c r="B101" s="36"/>
+      <c r="C101" s="37"/>
+      <c r="D101" s="38"/>
+      <c r="E101" s="39"/>
+      <c r="F101" s="39"/>
+      <c r="G101" s="40"/>
+      <c r="H101" s="8"/>
+      <c r="I101" s="41"/>
+      <c r="L101" s="3"/>
+      <c r="M101" s="3"/>
+      <c r="N101" s="3"/>
+      <c r="O101" s="3"/>
+      <c r="P101" s="3"/>
+      <c r="Q101" s="3"/>
+      <c r="R101" s="3"/>
+      <c r="S101" s="3"/>
+      <c r="T101" s="3"/>
+      <c r="U101" s="3"/>
+    </row>
+    <row r="102" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A102" s="7">
+        <v>92</v>
+      </c>
+      <c r="B102" s="36"/>
+      <c r="C102" s="37"/>
+      <c r="D102" s="38"/>
+      <c r="E102" s="39"/>
+      <c r="F102" s="39"/>
+      <c r="G102" s="40"/>
+      <c r="H102" s="8"/>
+      <c r="I102" s="41"/>
+      <c r="L102" s="3"/>
+      <c r="M102" s="3"/>
+      <c r="N102" s="3"/>
+      <c r="O102" s="3"/>
+      <c r="P102" s="3"/>
+      <c r="Q102" s="3"/>
+      <c r="R102" s="3"/>
+      <c r="S102" s="3"/>
+      <c r="T102" s="3"/>
+      <c r="U102" s="3"/>
+    </row>
+    <row r="103" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A103" s="7">
+        <v>93</v>
+      </c>
+      <c r="B103" s="36"/>
+      <c r="C103" s="37"/>
+      <c r="D103" s="38"/>
+      <c r="E103" s="39"/>
+      <c r="F103" s="39"/>
+      <c r="G103" s="40"/>
+      <c r="H103" s="8"/>
+      <c r="I103" s="41"/>
+      <c r="L103" s="3"/>
+      <c r="M103" s="3"/>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3"/>
+      <c r="P103" s="3"/>
+      <c r="Q103" s="3"/>
+      <c r="R103" s="3"/>
+      <c r="S103" s="3"/>
+      <c r="T103" s="3"/>
+      <c r="U103" s="3"/>
+    </row>
+    <row r="104" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A104" s="7">
+        <v>94</v>
+      </c>
+      <c r="B104" s="36"/>
+      <c r="C104" s="37"/>
+      <c r="D104" s="38"/>
+      <c r="E104" s="39"/>
+      <c r="F104" s="39"/>
+      <c r="G104" s="40"/>
+      <c r="H104" s="8"/>
+      <c r="I104" s="41"/>
+      <c r="L104" s="3"/>
+      <c r="M104" s="3"/>
+      <c r="N104" s="3"/>
+      <c r="O104" s="3"/>
+      <c r="P104" s="3"/>
+      <c r="Q104" s="3"/>
+      <c r="R104" s="3"/>
+      <c r="S104" s="3"/>
+      <c r="T104" s="3"/>
+      <c r="U104" s="3"/>
+    </row>
+    <row r="105" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A105" s="7">
+        <v>95</v>
+      </c>
+      <c r="B105" s="36"/>
+      <c r="C105" s="37"/>
+      <c r="D105" s="38"/>
+      <c r="E105" s="39"/>
+      <c r="F105" s="39"/>
+      <c r="G105" s="40"/>
+      <c r="H105" s="8"/>
+      <c r="I105" s="41"/>
+      <c r="L105" s="3"/>
+      <c r="M105" s="3"/>
+      <c r="N105" s="3"/>
+      <c r="O105" s="3"/>
+      <c r="P105" s="3"/>
+      <c r="Q105" s="3"/>
+      <c r="R105" s="3"/>
+      <c r="S105" s="3"/>
+      <c r="T105" s="3"/>
+      <c r="U105" s="3"/>
+    </row>
+    <row r="106" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A106" s="7">
+        <v>96</v>
+      </c>
+      <c r="B106" s="36"/>
+      <c r="C106" s="37"/>
+      <c r="D106" s="38"/>
+      <c r="E106" s="39"/>
+      <c r="F106" s="39"/>
+      <c r="G106" s="40"/>
+      <c r="H106" s="8"/>
+      <c r="I106" s="41"/>
+      <c r="L106" s="3"/>
+      <c r="M106" s="3"/>
+      <c r="N106" s="3"/>
+      <c r="O106" s="3"/>
+      <c r="P106" s="3"/>
+      <c r="Q106" s="3"/>
+      <c r="R106" s="3"/>
+      <c r="S106" s="3"/>
+      <c r="T106" s="3"/>
+      <c r="U106" s="3"/>
+    </row>
+    <row r="107" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A107" s="7">
+        <v>97</v>
+      </c>
+      <c r="B107" s="36"/>
+      <c r="C107" s="37"/>
+      <c r="D107" s="38"/>
+      <c r="E107" s="39"/>
+      <c r="F107" s="39"/>
+      <c r="G107" s="40"/>
+      <c r="H107" s="8"/>
+      <c r="I107" s="41"/>
+      <c r="L107" s="3"/>
+      <c r="M107" s="3"/>
+      <c r="N107" s="3"/>
+      <c r="O107" s="3"/>
+      <c r="P107" s="3"/>
+      <c r="Q107" s="3"/>
+      <c r="R107" s="3"/>
+      <c r="S107" s="3"/>
+      <c r="T107" s="3"/>
+      <c r="U107" s="3"/>
+    </row>
+    <row r="108" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A108" s="7">
+        <v>98</v>
+      </c>
+      <c r="B108" s="36"/>
+      <c r="C108" s="37"/>
+      <c r="D108" s="38"/>
+      <c r="E108" s="39"/>
+      <c r="F108" s="39"/>
+      <c r="G108" s="40"/>
+      <c r="H108" s="8"/>
+      <c r="I108" s="41"/>
+      <c r="L108" s="3"/>
+      <c r="M108" s="3"/>
+      <c r="N108" s="3"/>
+      <c r="O108" s="3"/>
+      <c r="P108" s="3"/>
+      <c r="Q108" s="3"/>
+      <c r="R108" s="3"/>
+      <c r="S108" s="3"/>
+      <c r="T108" s="3"/>
+      <c r="U108" s="3"/>
+    </row>
+    <row r="109" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A109" s="7">
+        <v>99</v>
+      </c>
+      <c r="B109" s="36"/>
+      <c r="C109" s="37"/>
+      <c r="D109" s="38"/>
+      <c r="E109" s="39"/>
+      <c r="F109" s="39"/>
+      <c r="G109" s="40"/>
+      <c r="H109" s="8"/>
+      <c r="I109" s="41"/>
+      <c r="L109" s="3"/>
+      <c r="M109" s="3"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3"/>
+      <c r="P109" s="3"/>
+      <c r="Q109" s="3"/>
+      <c r="R109" s="3"/>
+      <c r="S109" s="3"/>
+      <c r="T109" s="3"/>
+      <c r="U109" s="3"/>
+    </row>
+    <row r="110" spans="1:21" ht="20" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="7">
+        <v>100</v>
+      </c>
+      <c r="B110" s="42"/>
+      <c r="C110" s="43"/>
+      <c r="D110" s="44"/>
+      <c r="E110" s="45"/>
+      <c r="F110" s="45"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="42"/>
+      <c r="I110" s="47"/>
+      <c r="M110" s="3"/>
+      <c r="N110" s="3"/>
+      <c r="O110" s="3"/>
+      <c r="P110" s="3"/>
+      <c r="Q110" s="3"/>
+      <c r="R110" s="3"/>
+      <c r="S110" s="3"/>
+      <c r="T110" s="3"/>
+      <c r="U110" s="3"/>
+    </row>
+    <row r="111" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="M111" s="3"/>
+      <c r="N111" s="3"/>
+      <c r="O111" s="3"/>
+      <c r="P111" s="3"/>
+      <c r="Q111" s="3"/>
+      <c r="R111" s="3"/>
+      <c r="S111" s="3"/>
+      <c r="T111" s="3"/>
+      <c r="U111" s="3"/>
+    </row>
+    <row r="112" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="M112" s="3"/>
+      <c r="N112" s="3"/>
+      <c r="O112" s="3"/>
+      <c r="P112" s="3"/>
+      <c r="Q112" s="3"/>
+      <c r="R112" s="3"/>
+      <c r="S112" s="3"/>
+      <c r="T112" s="3"/>
+      <c r="U112" s="3"/>
+    </row>
+    <row r="113" spans="13:21" x14ac:dyDescent="0.25">
+      <c r="M113" s="3"/>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3"/>
+      <c r="P113" s="3"/>
+      <c r="Q113" s="3"/>
+      <c r="R113" s="3"/>
+      <c r="S113" s="3"/>
+      <c r="T113" s="3"/>
+      <c r="U113" s="3"/>
+    </row>
+    <row r="114" spans="13:21" x14ac:dyDescent="0.25">
+      <c r="N114" s="3"/>
+      <c r="O114" s="3"/>
+      <c r="P114" s="3"/>
+      <c r="Q114" s="3"/>
+      <c r="R114" s="3"/>
+      <c r="S114" s="3"/>
+      <c r="T114" s="3"/>
+      <c r="U114" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="7">
     <mergeCell ref="B9:F9"/>
-    <mergeCell ref="C1:I1"/>
-[...4 lines deleted...]
-    <mergeCell ref="C6:I6"/>
+    <mergeCell ref="C1:G1"/>
+    <mergeCell ref="C2:G2"/>
+    <mergeCell ref="C3:G3"/>
+    <mergeCell ref="C4:G4"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="C6:G6"/>
   </mergeCells>
-  <phoneticPr fontId="2" type="noConversion"/>
-[...1 lines deleted...]
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Oligo Name Character Limit" error="Please limit your Oligo Name to 11 characters" sqref="C11:C60" xr:uid="{D0B78985-53F8-4AA2-8CDE-2180C70DFDF9}">
+  <phoneticPr fontId="4" type="noConversion"/>
+  <conditionalFormatting sqref="J11">
+    <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Oligo is Not DNA">
+      <formula>NOT(ISERROR(SEARCH("Oligo is Not DNA",J11)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J12:J60">
+    <cfRule type="containsText" dxfId="0" priority="4" operator="containsText" text="Oligo is Not DNA">
+      <formula>NOT(ISERROR(SEARCH("Oligo is Not DNA",J12)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="6">
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" errorTitle="Purification Method Error" error="Please select a Purification Method from the drop down list or leave the field blank." promptTitle="Purification" prompt="Click on the arrowhead to select a Purification Method from the drop down list or leave the field blank." sqref="I11:I110" xr:uid="{947E6828-0635-0441-9399-C84012B734E4}">
+      <formula1>Purif_Meth_list</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Seq Length Error" error="The maximum length of oligos is 200 residues." sqref="D11:D98 E99:E110" xr:uid="{702C6AA9-2345-A04E-8831-CF126FAE8BE8}">
+      <formula1>200</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Oligo Name Character Limit" error="Please limit your Oligo Name to 11 characters" sqref="C11:C110" xr:uid="{A07D8BC6-B406-B44B-88DE-9A04A22D18EA}">
       <formula1>11</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Seq Length Error" error="The maximum length of oligos is 200 residues." sqref="D11:D60" xr:uid="{F9B4B28E-54D7-44A4-A694-5955CAFEC5C7}">
-[...5 lines deleted...]
-    <dataValidation type="list" showInputMessage="1" promptTitle="Live Cell or Animal Use" prompt="Please indicate if your oligos will be used in Live Cells or Animals." sqref="G9" xr:uid="{4365CCD0-8F87-9E4E-AC6A-E732274C0535}">
+    <dataValidation type="list" showInputMessage="1" promptTitle="Live Cell or Animal Use" prompt="Please indicate if your oligos will be used in Live Cells or Animals." sqref="G9" xr:uid="{FC4B029C-1D33-6648-828A-D455FC84B8C8}">
       <formula1>"--,LIVE CELL OR ANIMAL USE"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please Use the Drop-down Menu." promptTitle="Is This Oligo Modified?" sqref="F11:F60" xr:uid="{DE5C6D83-81CF-954B-90B3-3CD7193276FC}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please Use the Drop-down Menu." promptTitle="Is This Oligo Modified?" sqref="F11:F110" xr:uid="{73501836-52F6-E843-88CB-18606247DBA7}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Synthesis Scale Error" error="Please enter a Synthesis Scale only from the drop down list." promptTitle="Synthesis Scale" prompt="Click on the arrowhead to select a Synthesis Scale from the drop down list." sqref="H11:H60" xr:uid="{4FA79CEC-1CCB-9C4F-89D4-05595472985F}">
-      <formula1>IF($E11="","",IF($F11="","",IF(AND($F11="No",$E11&lt;66),Less_Than_66_Res_Unmodified_Synthe_Scale_list,IF(AND($F11="No",$E11&lt;120),Less_Than_120_Res_Unmodified_Synthe_Scale_list,Modified_or_More_than_119_Res_Unmodified_Synth_Scale_list))))</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Synthesis Scale Error" error="Please enter a Synthesis Scale only from the drop down list." promptTitle="Synthesis Scale" prompt="Click on the arrowhead to select a Synthesis Scale from the drop down list." sqref="H11:H110" xr:uid="{AE06580F-5391-5748-BF6E-CC881513F483}">
+      <formula1>IF($E11="","",IF($F11="","",IF(AND($F11="No",$E11&lt;66),Less_Than_66_Res_Unmod_Synth_Scale,IF(AND($F11="No",$E11&lt;120),Less_Than_120_Res_Unmod_Synth_Scale,Mod_or_More_Than_119_Res_Unmod_Synth_Scale))))</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
+  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <tableParts count="4">
+    <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
-    <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB1A20D3-4526-5242-A68C-A3EBF519442B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BE67DE3-7FB7-AC4F-8C51-E0FCBE739A68}">
   <dimension ref="A1:F128"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="C1" sqref="C1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.1640625" style="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="82.5" style="1" customWidth="1"/>
+    <col min="1" max="1" width="9.1640625" style="5"/>
+    <col min="2" max="2" width="13.6640625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="18.33203125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="82.5" style="5" customWidth="1"/>
     <col min="5" max="6" width="10.1640625" customWidth="1"/>
-    <col min="7" max="7" width="10.1640625" style="1" customWidth="1"/>
-    <col min="8" max="16384" width="9.1640625" style="1"/>
+    <col min="7" max="7" width="10.1640625" style="5" customWidth="1"/>
+    <col min="8" max="16384" width="9.1640625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B1" s="26" t="s">
+      <c r="B1" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="101"/>
-      <c r="D1" s="101"/>
+      <c r="C1" s="124"/>
+      <c r="D1" s="124"/>
     </row>
     <row r="2" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B2" s="26" t="s">
-[...3 lines deleted...]
-      <c r="D2" s="101"/>
+      <c r="B2" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" s="124"/>
+      <c r="D2" s="124"/>
     </row>
     <row r="3" spans="2:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="26" t="s">
+      <c r="B3" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="101"/>
-      <c r="D3" s="101"/>
+      <c r="C3" s="124"/>
+      <c r="D3" s="124"/>
     </row>
     <row r="4" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B4" s="26" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="101"/>
+      <c r="B4" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="124"/>
+      <c r="D4" s="124"/>
     </row>
     <row r="5" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B5" s="26" t="s">
+      <c r="B5" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="101"/>
-      <c r="D5" s="101"/>
+      <c r="C5" s="124"/>
+      <c r="D5" s="124"/>
     </row>
     <row r="6" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B6" s="26" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="101"/>
+      <c r="B6" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="124"/>
+      <c r="D6" s="124"/>
     </row>
     <row r="7" spans="2:6" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="8" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="105" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="107"/>
+      <c r="B8" s="125" t="s">
+        <v>254</v>
+      </c>
+      <c r="C8" s="126"/>
+      <c r="D8" s="127"/>
     </row>
     <row r="9" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="108"/>
-[...1 lines deleted...]
-      <c r="D9" s="110"/>
+      <c r="B9" s="128"/>
+      <c r="C9" s="129"/>
+      <c r="D9" s="130"/>
     </row>
     <row r="11" spans="2:6" ht="19" x14ac:dyDescent="0.25">
-      <c r="B11" s="111" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="113"/>
+      <c r="B11" s="131" t="s">
+        <v>255</v>
+      </c>
+      <c r="C11" s="132"/>
+      <c r="D11" s="133"/>
     </row>
     <row r="12" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="27" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="102"/>
+      <c r="B12" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="134" t="s">
+        <v>256</v>
+      </c>
+      <c r="D12" s="134"/>
     </row>
     <row r="13" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="27" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="103" t="s">
+      <c r="B13" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" s="135" t="s">
         <v>113</v>
       </c>
-      <c r="D13" s="103"/>
-[...8 lines deleted...]
-      <c r="D14" s="103"/>
+      <c r="D13" s="135"/>
+    </row>
+    <row r="14" spans="2:6" s="80" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B14" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="135" t="s">
+        <v>257</v>
+      </c>
+      <c r="D14" s="135"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="27" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="104"/>
+      <c r="B15" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="123" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" s="123"/>
     </row>
     <row r="16" spans="2:6" ht="20" x14ac:dyDescent="0.2">
-      <c r="C16" s="37" t="s">
+      <c r="C16" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="D16" s="36"/>
+      <c r="D16" s="82"/>
     </row>
     <row r="17" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" spans="1:4" ht="68" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="28" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="40" t="s">
+      <c r="A18" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="84" t="s">
+        <v>71</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="39" t="s">
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A19" s="85">
+        <v>1</v>
+      </c>
+      <c r="B19" s="85"/>
+      <c r="C19" s="85"/>
+      <c r="D19" s="86"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A20" s="85">
+        <v>2</v>
+      </c>
+      <c r="B20" s="85"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="86"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="85">
+        <v>3</v>
+      </c>
+      <c r="B21" s="85"/>
+      <c r="C21" s="85"/>
+      <c r="D21" s="86"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A22" s="85">
+        <v>4</v>
+      </c>
+      <c r="B22" s="85"/>
+      <c r="C22" s="85"/>
+      <c r="D22" s="86"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A23" s="85">
+        <v>5</v>
+      </c>
+      <c r="B23" s="85"/>
+      <c r="C23" s="85"/>
+      <c r="D23" s="86"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A24" s="85">
+        <v>6</v>
+      </c>
+      <c r="B24" s="85"/>
+      <c r="C24" s="85"/>
+      <c r="D24" s="86"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A25" s="85">
+        <v>7</v>
+      </c>
+      <c r="B25" s="85"/>
+      <c r="C25" s="85"/>
+      <c r="D25" s="86"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A26" s="85">
+        <v>8</v>
+      </c>
+      <c r="B26" s="85"/>
+      <c r="C26" s="85"/>
+      <c r="D26" s="86"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A27" s="85">
+        <v>9</v>
+      </c>
+      <c r="B27" s="85"/>
+      <c r="C27" s="85"/>
+      <c r="D27" s="86"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A28" s="85">
+        <v>10</v>
+      </c>
+      <c r="B28" s="85"/>
+      <c r="C28" s="85"/>
+      <c r="D28" s="86"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A29" s="85">
+        <v>11</v>
+      </c>
+      <c r="B29" s="85"/>
+      <c r="C29" s="85"/>
+      <c r="D29" s="86"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A30" s="85">
+        <v>12</v>
+      </c>
+      <c r="B30" s="85"/>
+      <c r="C30" s="85"/>
+      <c r="D30" s="86"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A31" s="85">
+        <v>13</v>
+      </c>
+      <c r="B31" s="85"/>
+      <c r="C31" s="85"/>
+      <c r="D31" s="86"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" s="85">
+        <v>14</v>
+      </c>
+      <c r="B32" s="85"/>
+      <c r="C32" s="85"/>
+      <c r="D32" s="86"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="85">
+        <v>15</v>
+      </c>
+      <c r="B33" s="85"/>
+      <c r="C33" s="85"/>
+      <c r="D33" s="86"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" s="85">
         <v>16</v>
       </c>
-    </row>
-[...126 lines deleted...]
-      <c r="D34" s="34"/>
+      <c r="B34" s="85"/>
+      <c r="C34" s="85"/>
+      <c r="D34" s="86"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="35">
+      <c r="A35" s="85">
         <v>17</v>
       </c>
-      <c r="B35" s="35"/>
-[...1 lines deleted...]
-      <c r="D35" s="34"/>
+      <c r="B35" s="85"/>
+      <c r="C35" s="85"/>
+      <c r="D35" s="86"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="35">
+      <c r="A36" s="85">
         <v>18</v>
       </c>
-      <c r="B36" s="35"/>
-[...1 lines deleted...]
-      <c r="D36" s="34"/>
+      <c r="B36" s="85"/>
+      <c r="C36" s="85"/>
+      <c r="D36" s="86"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="35">
+      <c r="A37" s="85">
         <v>19</v>
       </c>
-      <c r="B37" s="35"/>
-[...1 lines deleted...]
-      <c r="D37" s="34"/>
+      <c r="B37" s="85"/>
+      <c r="C37" s="85"/>
+      <c r="D37" s="86"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="35">
+      <c r="A38" s="85">
         <v>20</v>
       </c>
-      <c r="B38" s="35"/>
-[...1 lines deleted...]
-      <c r="D38" s="34"/>
+      <c r="B38" s="85"/>
+      <c r="C38" s="85"/>
+      <c r="D38" s="86"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="35">
+      <c r="A39" s="85">
         <v>21</v>
       </c>
-      <c r="B39" s="35"/>
-[...1 lines deleted...]
-      <c r="D39" s="34"/>
+      <c r="B39" s="85"/>
+      <c r="C39" s="85"/>
+      <c r="D39" s="86"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="35">
+      <c r="A40" s="85">
         <v>22</v>
       </c>
-      <c r="B40" s="35"/>
-[...1 lines deleted...]
-      <c r="D40" s="34"/>
+      <c r="B40" s="85"/>
+      <c r="C40" s="85"/>
+      <c r="D40" s="86"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="35">
+      <c r="A41" s="85">
         <v>23</v>
       </c>
-      <c r="B41" s="35"/>
-[...1 lines deleted...]
-      <c r="D41" s="34"/>
+      <c r="B41" s="85"/>
+      <c r="C41" s="85"/>
+      <c r="D41" s="86"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="35">
+      <c r="A42" s="85">
         <v>24</v>
       </c>
-      <c r="B42" s="35"/>
-[...1 lines deleted...]
-      <c r="D42" s="34"/>
+      <c r="B42" s="85"/>
+      <c r="C42" s="85"/>
+      <c r="D42" s="86"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="35">
+      <c r="A43" s="85">
         <v>25</v>
       </c>
-      <c r="B43" s="35"/>
-[...1 lines deleted...]
-      <c r="D43" s="34"/>
+      <c r="B43" s="85"/>
+      <c r="C43" s="85"/>
+      <c r="D43" s="86"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="35">
+      <c r="A44" s="85">
         <v>26</v>
       </c>
-      <c r="B44" s="35"/>
-[...1 lines deleted...]
-      <c r="D44" s="34"/>
+      <c r="B44" s="85"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="86"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="35">
+      <c r="A45" s="85">
         <v>27</v>
       </c>
-      <c r="B45" s="35"/>
-[...1 lines deleted...]
-      <c r="D45" s="34"/>
+      <c r="B45" s="85"/>
+      <c r="C45" s="85"/>
+      <c r="D45" s="86"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="35">
+      <c r="A46" s="85">
         <v>28</v>
       </c>
-      <c r="B46" s="35"/>
-[...1 lines deleted...]
-      <c r="D46" s="34"/>
+      <c r="B46" s="85"/>
+      <c r="C46" s="85"/>
+      <c r="D46" s="86"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="35">
+      <c r="A47" s="85">
         <v>29</v>
       </c>
-      <c r="B47" s="35"/>
-[...1 lines deleted...]
-      <c r="D47" s="34"/>
+      <c r="B47" s="85"/>
+      <c r="C47" s="85"/>
+      <c r="D47" s="86"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="35">
+      <c r="A48" s="85">
         <v>30</v>
       </c>
-      <c r="B48" s="35"/>
-[...1 lines deleted...]
-      <c r="D48" s="34"/>
+      <c r="B48" s="85"/>
+      <c r="C48" s="85"/>
+      <c r="D48" s="86"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="35">
+      <c r="A49" s="85">
         <v>31</v>
       </c>
-      <c r="B49" s="35"/>
-[...1 lines deleted...]
-      <c r="D49" s="34"/>
+      <c r="B49" s="85"/>
+      <c r="C49" s="85"/>
+      <c r="D49" s="86"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="35">
+      <c r="A50" s="85">
         <v>32</v>
       </c>
-      <c r="B50" s="35"/>
-[...1 lines deleted...]
-      <c r="D50" s="34"/>
+      <c r="B50" s="85"/>
+      <c r="C50" s="85"/>
+      <c r="D50" s="86"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="35">
+      <c r="A51" s="85">
         <v>33</v>
       </c>
-      <c r="B51" s="35"/>
-[...1 lines deleted...]
-      <c r="D51" s="34"/>
+      <c r="B51" s="85"/>
+      <c r="C51" s="85"/>
+      <c r="D51" s="86"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="35">
+      <c r="A52" s="85">
         <v>34</v>
       </c>
-      <c r="B52" s="35"/>
-[...1 lines deleted...]
-      <c r="D52" s="34"/>
+      <c r="B52" s="85"/>
+      <c r="C52" s="85"/>
+      <c r="D52" s="86"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="35">
+      <c r="A53" s="85">
         <v>35</v>
       </c>
-      <c r="B53" s="35"/>
-[...1 lines deleted...]
-      <c r="D53" s="34"/>
+      <c r="B53" s="85"/>
+      <c r="C53" s="85"/>
+      <c r="D53" s="86"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="35">
+      <c r="A54" s="85">
         <v>36</v>
       </c>
-      <c r="B54" s="35"/>
-[...1 lines deleted...]
-      <c r="D54" s="34"/>
+      <c r="B54" s="85"/>
+      <c r="C54" s="85"/>
+      <c r="D54" s="86"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="35">
+      <c r="A55" s="85">
         <v>37</v>
       </c>
-      <c r="B55" s="35"/>
-[...1 lines deleted...]
-      <c r="D55" s="34"/>
+      <c r="B55" s="85"/>
+      <c r="C55" s="85"/>
+      <c r="D55" s="86"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="35">
+      <c r="A56" s="85">
         <v>38</v>
       </c>
-      <c r="B56" s="35"/>
-[...1 lines deleted...]
-      <c r="D56" s="34"/>
+      <c r="B56" s="85"/>
+      <c r="C56" s="85"/>
+      <c r="D56" s="86"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="35">
+      <c r="A57" s="85">
         <v>39</v>
       </c>
-      <c r="B57" s="35"/>
-[...1 lines deleted...]
-      <c r="D57" s="34"/>
+      <c r="B57" s="85"/>
+      <c r="C57" s="85"/>
+      <c r="D57" s="86"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="35">
+      <c r="A58" s="85">
         <v>40</v>
       </c>
-      <c r="B58" s="35"/>
-[...1 lines deleted...]
-      <c r="D58" s="34"/>
+      <c r="B58" s="85"/>
+      <c r="C58" s="85"/>
+      <c r="D58" s="86"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="35">
+      <c r="A59" s="85">
         <v>41</v>
       </c>
-      <c r="B59" s="35"/>
-[...1 lines deleted...]
-      <c r="D59" s="34"/>
+      <c r="B59" s="85"/>
+      <c r="C59" s="85"/>
+      <c r="D59" s="86"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="35">
+      <c r="A60" s="85">
         <v>42</v>
       </c>
-      <c r="B60" s="35"/>
-[...1 lines deleted...]
-      <c r="D60" s="34"/>
+      <c r="B60" s="85"/>
+      <c r="C60" s="85"/>
+      <c r="D60" s="86"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="35">
+      <c r="A61" s="85">
         <v>43</v>
       </c>
-      <c r="B61" s="35"/>
-[...1 lines deleted...]
-      <c r="D61" s="34"/>
+      <c r="B61" s="85"/>
+      <c r="C61" s="85"/>
+      <c r="D61" s="86"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="35">
+      <c r="A62" s="85">
         <v>44</v>
       </c>
-      <c r="B62" s="35"/>
-[...1 lines deleted...]
-      <c r="D62" s="34"/>
+      <c r="B62" s="85"/>
+      <c r="C62" s="85"/>
+      <c r="D62" s="86"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="35">
+      <c r="A63" s="85">
         <v>45</v>
       </c>
-      <c r="B63" s="35"/>
-[...1 lines deleted...]
-      <c r="D63" s="34"/>
+      <c r="B63" s="85"/>
+      <c r="C63" s="85"/>
+      <c r="D63" s="86"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="35">
+      <c r="A64" s="85">
         <v>46</v>
       </c>
-      <c r="B64" s="35"/>
-[...1 lines deleted...]
-      <c r="D64" s="34"/>
+      <c r="B64" s="85"/>
+      <c r="C64" s="85"/>
+      <c r="D64" s="86"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="35">
+      <c r="A65" s="85">
         <v>47</v>
       </c>
-      <c r="B65" s="35"/>
-[...1 lines deleted...]
-      <c r="D65" s="34"/>
+      <c r="B65" s="85"/>
+      <c r="C65" s="85"/>
+      <c r="D65" s="86"/>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="35">
+      <c r="A66" s="85">
         <v>48</v>
       </c>
-      <c r="B66" s="35"/>
-[...1 lines deleted...]
-      <c r="D66" s="34"/>
+      <c r="B66" s="85"/>
+      <c r="C66" s="85"/>
+      <c r="D66" s="86"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="35">
+      <c r="A67" s="85">
         <v>49</v>
       </c>
-      <c r="B67" s="35"/>
-[...1 lines deleted...]
-      <c r="D67" s="34"/>
+      <c r="B67" s="85"/>
+      <c r="C67" s="85"/>
+      <c r="D67" s="86"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="35">
+      <c r="A68" s="85">
         <v>50</v>
       </c>
-      <c r="B68" s="35"/>
-[...1 lines deleted...]
-      <c r="D68" s="34"/>
+      <c r="B68" s="85"/>
+      <c r="C68" s="85"/>
+      <c r="D68" s="86"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="35">
+      <c r="A69" s="85">
         <v>51</v>
       </c>
-      <c r="B69" s="35"/>
-[...1 lines deleted...]
-      <c r="D69" s="34"/>
+      <c r="B69" s="85"/>
+      <c r="C69" s="85"/>
+      <c r="D69" s="86"/>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="35">
+      <c r="A70" s="85">
         <v>52</v>
       </c>
-      <c r="B70" s="35"/>
-[...1 lines deleted...]
-      <c r="D70" s="34"/>
+      <c r="B70" s="85"/>
+      <c r="C70" s="85"/>
+      <c r="D70" s="86"/>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="35">
+      <c r="A71" s="85">
         <v>53</v>
       </c>
-      <c r="B71" s="35"/>
-[...1 lines deleted...]
-      <c r="D71" s="34"/>
+      <c r="B71" s="85"/>
+      <c r="C71" s="85"/>
+      <c r="D71" s="86"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="35">
+      <c r="A72" s="85">
         <v>54</v>
       </c>
-      <c r="B72" s="35"/>
-[...1 lines deleted...]
-      <c r="D72" s="34"/>
+      <c r="B72" s="85"/>
+      <c r="C72" s="85"/>
+      <c r="D72" s="86"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="35">
+      <c r="A73" s="85">
         <v>55</v>
       </c>
-      <c r="B73" s="35"/>
-[...1 lines deleted...]
-      <c r="D73" s="34"/>
+      <c r="B73" s="85"/>
+      <c r="C73" s="85"/>
+      <c r="D73" s="86"/>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="35">
+      <c r="A74" s="85">
         <v>56</v>
       </c>
-      <c r="B74" s="35"/>
-[...1 lines deleted...]
-      <c r="D74" s="34"/>
+      <c r="B74" s="85"/>
+      <c r="C74" s="85"/>
+      <c r="D74" s="86"/>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="35">
+      <c r="A75" s="85">
         <v>57</v>
       </c>
-      <c r="B75" s="35"/>
-[...1 lines deleted...]
-      <c r="D75" s="34"/>
+      <c r="B75" s="85"/>
+      <c r="C75" s="85"/>
+      <c r="D75" s="86"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="35">
+      <c r="A76" s="85">
         <v>58</v>
       </c>
-      <c r="B76" s="35"/>
-[...1 lines deleted...]
-      <c r="D76" s="34"/>
+      <c r="B76" s="85"/>
+      <c r="C76" s="85"/>
+      <c r="D76" s="86"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="35">
+      <c r="A77" s="85">
         <v>59</v>
       </c>
-      <c r="B77" s="35"/>
-[...1 lines deleted...]
-      <c r="D77" s="34"/>
+      <c r="B77" s="85"/>
+      <c r="C77" s="85"/>
+      <c r="D77" s="86"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="35">
+      <c r="A78" s="85">
         <v>60</v>
       </c>
-      <c r="B78" s="35"/>
-[...1 lines deleted...]
-      <c r="D78" s="34"/>
+      <c r="B78" s="85"/>
+      <c r="C78" s="85"/>
+      <c r="D78" s="86"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="35">
+      <c r="A79" s="85">
         <v>61</v>
       </c>
-      <c r="B79" s="35"/>
-[...1 lines deleted...]
-      <c r="D79" s="34"/>
+      <c r="B79" s="85"/>
+      <c r="C79" s="85"/>
+      <c r="D79" s="86"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="35">
+      <c r="A80" s="85">
         <v>62</v>
       </c>
-      <c r="B80" s="35"/>
-[...1 lines deleted...]
-      <c r="D80" s="34"/>
+      <c r="B80" s="85"/>
+      <c r="C80" s="85"/>
+      <c r="D80" s="86"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="35">
+      <c r="A81" s="85">
         <v>63</v>
       </c>
-      <c r="B81" s="35"/>
-[...1 lines deleted...]
-      <c r="D81" s="34"/>
+      <c r="B81" s="85"/>
+      <c r="C81" s="85"/>
+      <c r="D81" s="86"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="35">
+      <c r="A82" s="85">
         <v>64</v>
       </c>
-      <c r="B82" s="35"/>
-[...1 lines deleted...]
-      <c r="D82" s="34"/>
+      <c r="B82" s="85"/>
+      <c r="C82" s="85"/>
+      <c r="D82" s="86"/>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="35">
+      <c r="A83" s="85">
         <v>65</v>
       </c>
-      <c r="B83" s="35"/>
-[...1 lines deleted...]
-      <c r="D83" s="34"/>
+      <c r="B83" s="85"/>
+      <c r="C83" s="85"/>
+      <c r="D83" s="86"/>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="35">
+      <c r="A84" s="85">
         <v>66</v>
       </c>
-      <c r="B84" s="35"/>
-[...1 lines deleted...]
-      <c r="D84" s="34"/>
+      <c r="B84" s="85"/>
+      <c r="C84" s="85"/>
+      <c r="D84" s="86"/>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="35">
+      <c r="A85" s="85">
         <v>67</v>
       </c>
-      <c r="B85" s="35"/>
-[...1 lines deleted...]
-      <c r="D85" s="34"/>
+      <c r="B85" s="85"/>
+      <c r="C85" s="85"/>
+      <c r="D85" s="86"/>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="35">
+      <c r="A86" s="85">
         <v>68</v>
       </c>
-      <c r="B86" s="35"/>
-[...1 lines deleted...]
-      <c r="D86" s="34"/>
+      <c r="B86" s="85"/>
+      <c r="C86" s="85"/>
+      <c r="D86" s="86"/>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="35">
+      <c r="A87" s="85">
         <v>69</v>
       </c>
-      <c r="B87" s="35"/>
-[...1 lines deleted...]
-      <c r="D87" s="34"/>
+      <c r="B87" s="85"/>
+      <c r="C87" s="85"/>
+      <c r="D87" s="86"/>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="35">
+      <c r="A88" s="85">
         <v>70</v>
       </c>
-      <c r="B88" s="35"/>
-[...1 lines deleted...]
-      <c r="D88" s="34"/>
+      <c r="B88" s="85"/>
+      <c r="C88" s="85"/>
+      <c r="D88" s="86"/>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="35">
+      <c r="A89" s="85">
         <v>71</v>
       </c>
-      <c r="B89" s="35"/>
-[...1 lines deleted...]
-      <c r="D89" s="34"/>
+      <c r="B89" s="85"/>
+      <c r="C89" s="85"/>
+      <c r="D89" s="86"/>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="35">
+      <c r="A90" s="85">
         <v>72</v>
       </c>
-      <c r="B90" s="35"/>
-[...1 lines deleted...]
-      <c r="D90" s="34"/>
+      <c r="B90" s="85"/>
+      <c r="C90" s="85"/>
+      <c r="D90" s="86"/>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="35">
+      <c r="A91" s="85">
         <v>73</v>
       </c>
-      <c r="B91" s="35"/>
-[...1 lines deleted...]
-      <c r="D91" s="34"/>
+      <c r="B91" s="85"/>
+      <c r="C91" s="85"/>
+      <c r="D91" s="86"/>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="35">
+      <c r="A92" s="85">
         <v>74</v>
       </c>
-      <c r="B92" s="35"/>
-[...1 lines deleted...]
-      <c r="D92" s="34"/>
+      <c r="B92" s="85"/>
+      <c r="C92" s="85"/>
+      <c r="D92" s="86"/>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="35">
+      <c r="A93" s="85">
         <v>75</v>
       </c>
-      <c r="B93" s="35"/>
-[...1 lines deleted...]
-      <c r="D93" s="34"/>
+      <c r="B93" s="85"/>
+      <c r="C93" s="85"/>
+      <c r="D93" s="86"/>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="35">
+      <c r="A94" s="85">
         <v>76</v>
       </c>
-      <c r="B94" s="35"/>
-[...1 lines deleted...]
-      <c r="D94" s="34"/>
+      <c r="B94" s="85"/>
+      <c r="C94" s="85"/>
+      <c r="D94" s="86"/>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="35">
+      <c r="A95" s="85">
         <v>77</v>
       </c>
-      <c r="B95" s="35"/>
-[...1 lines deleted...]
-      <c r="D95" s="34"/>
+      <c r="B95" s="85"/>
+      <c r="C95" s="85"/>
+      <c r="D95" s="86"/>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="35">
+      <c r="A96" s="85">
         <v>78</v>
       </c>
-      <c r="B96" s="35"/>
-[...1 lines deleted...]
-      <c r="D96" s="34"/>
+      <c r="B96" s="85"/>
+      <c r="C96" s="85"/>
+      <c r="D96" s="86"/>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="35">
+      <c r="A97" s="85">
         <v>79</v>
       </c>
-      <c r="B97" s="35"/>
-[...1 lines deleted...]
-      <c r="D97" s="34"/>
+      <c r="B97" s="85"/>
+      <c r="C97" s="85"/>
+      <c r="D97" s="86"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="35">
+      <c r="A98" s="85">
         <v>80</v>
       </c>
-      <c r="B98" s="35"/>
-[...1 lines deleted...]
-      <c r="D98" s="34"/>
+      <c r="B98" s="85"/>
+      <c r="C98" s="85"/>
+      <c r="D98" s="86"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="35">
+      <c r="A99" s="85">
         <v>81</v>
       </c>
-      <c r="B99" s="35"/>
-[...1 lines deleted...]
-      <c r="D99" s="34"/>
+      <c r="B99" s="85"/>
+      <c r="C99" s="85"/>
+      <c r="D99" s="86"/>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="35">
+      <c r="A100" s="85">
         <v>82</v>
       </c>
-      <c r="B100" s="35"/>
-[...1 lines deleted...]
-      <c r="D100" s="34"/>
+      <c r="B100" s="85"/>
+      <c r="C100" s="85"/>
+      <c r="D100" s="86"/>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="35">
+      <c r="A101" s="85">
         <v>83</v>
       </c>
-      <c r="B101" s="35"/>
-[...1 lines deleted...]
-      <c r="D101" s="34"/>
+      <c r="B101" s="85"/>
+      <c r="C101" s="85"/>
+      <c r="D101" s="86"/>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="35">
+      <c r="A102" s="85">
         <v>84</v>
       </c>
-      <c r="B102" s="35"/>
-[...1 lines deleted...]
-      <c r="D102" s="34"/>
+      <c r="B102" s="85"/>
+      <c r="C102" s="85"/>
+      <c r="D102" s="86"/>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A103" s="35">
+      <c r="A103" s="85">
         <v>85</v>
       </c>
-      <c r="B103" s="35"/>
-[...1 lines deleted...]
-      <c r="D103" s="34"/>
+      <c r="B103" s="85"/>
+      <c r="C103" s="85"/>
+      <c r="D103" s="86"/>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="35">
+      <c r="A104" s="85">
         <v>86</v>
       </c>
-      <c r="B104" s="35"/>
-[...1 lines deleted...]
-      <c r="D104" s="34"/>
+      <c r="B104" s="85"/>
+      <c r="C104" s="85"/>
+      <c r="D104" s="86"/>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="35">
+      <c r="A105" s="85">
         <v>87</v>
       </c>
-      <c r="B105" s="35"/>
-[...1 lines deleted...]
-      <c r="D105" s="34"/>
+      <c r="B105" s="85"/>
+      <c r="C105" s="85"/>
+      <c r="D105" s="86"/>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A106" s="35">
+      <c r="A106" s="85">
         <v>88</v>
       </c>
-      <c r="B106" s="35"/>
-[...1 lines deleted...]
-      <c r="D106" s="34"/>
+      <c r="B106" s="85"/>
+      <c r="C106" s="85"/>
+      <c r="D106" s="86"/>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A107" s="35">
+      <c r="A107" s="85">
         <v>89</v>
       </c>
-      <c r="B107" s="35"/>
-[...1 lines deleted...]
-      <c r="D107" s="34"/>
+      <c r="B107" s="85"/>
+      <c r="C107" s="85"/>
+      <c r="D107" s="86"/>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="35">
+      <c r="A108" s="85">
         <v>90</v>
       </c>
-      <c r="B108" s="35"/>
-[...1 lines deleted...]
-      <c r="D108" s="34"/>
+      <c r="B108" s="85"/>
+      <c r="C108" s="85"/>
+      <c r="D108" s="86"/>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A109" s="35">
+      <c r="A109" s="85">
         <v>91</v>
       </c>
-      <c r="B109" s="35"/>
-[...1 lines deleted...]
-      <c r="D109" s="34"/>
+      <c r="B109" s="85"/>
+      <c r="C109" s="85"/>
+      <c r="D109" s="86"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="35">
+      <c r="A110" s="85">
         <v>92</v>
       </c>
-      <c r="B110" s="35"/>
-[...1 lines deleted...]
-      <c r="D110" s="34"/>
+      <c r="B110" s="85"/>
+      <c r="C110" s="85"/>
+      <c r="D110" s="86"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A111" s="35">
+      <c r="A111" s="85">
         <v>93</v>
       </c>
-      <c r="B111" s="35"/>
-[...1 lines deleted...]
-      <c r="D111" s="34"/>
+      <c r="B111" s="85"/>
+      <c r="C111" s="85"/>
+      <c r="D111" s="86"/>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A112" s="35">
+      <c r="A112" s="85">
         <v>94</v>
       </c>
-      <c r="B112" s="35"/>
-[...1 lines deleted...]
-      <c r="D112" s="34"/>
+      <c r="B112" s="85"/>
+      <c r="C112" s="85"/>
+      <c r="D112" s="86"/>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="35">
+      <c r="A113" s="85">
         <v>95</v>
       </c>
-      <c r="B113" s="35"/>
-[...1 lines deleted...]
-      <c r="D113" s="34"/>
+      <c r="B113" s="85"/>
+      <c r="C113" s="85"/>
+      <c r="D113" s="86"/>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A114" s="35">
+      <c r="A114" s="85">
         <v>96</v>
       </c>
-      <c r="B114" s="35"/>
-[...1 lines deleted...]
-      <c r="D114" s="34"/>
+      <c r="B114" s="85"/>
+      <c r="C114" s="85"/>
+      <c r="D114" s="86"/>
     </row>
     <row r="117" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="118" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="119" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="120" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="121" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="122" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="123" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="124" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="125" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="126" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="127" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
     <row r="128" spans="1:4" customFormat="1" ht="13" x14ac:dyDescent="0.15"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="12">
-    <mergeCell ref="C12:D12"/>
-[...1 lines deleted...]
-    <mergeCell ref="C14:D14"/>
     <mergeCell ref="C15:D15"/>
-    <mergeCell ref="C6:D6"/>
-[...1 lines deleted...]
-    <mergeCell ref="B11:D11"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="B8:D9"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="C14:D14"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Plate Order Synthesis Scale" prompt="Please select the synthesis scale from the dropdown list." sqref="D16" xr:uid="{A78426AD-6FB5-4B84-889C-E88F350791C0}">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Oligo Name Character Limit" error="Please limit your Oligo Name to 11 characters" sqref="C19:C114" xr:uid="{9620BBDF-A34D-704C-AF27-C32109D11C73}">
+      <formula1>11</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Plate Order Synthesis Scale" prompt="Please select the synthesis scale from the dropdown list." sqref="D16" xr:uid="{4F48B07A-C844-A44E-B873-7105C27883FE}">
       <formula1>"25 nmole,100 nmole"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>11</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>How To Enter Info</vt:lpstr>
-      <vt:lpstr>Oligo Quote Request Form</vt:lpstr>
+      <vt:lpstr>Information Entry </vt:lpstr>
       <vt:lpstr>Plate Order Quote Request Form</vt:lpstr>
       <vt:lpstr>Purif_Meth_tbl_Headers</vt:lpstr>
       <vt:lpstr>Synth_Scale_entry_cell</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Meg</dc:creator>
+  <dc:creator>Palmatier, Meg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC010184641033</vt:lpwstr>
   </property>
 </Properties>
 </file>